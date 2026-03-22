--- v0 (2025-12-09)
+++ v1 (2026-03-22)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1484B9E7" w14:textId="1A87611F" w:rsidR="0029349C" w:rsidRDefault="0029349C"/>
     <w:p w14:paraId="56A59AFB" w14:textId="2A377C48" w:rsidR="0029349C" w:rsidRDefault="0029349C"/>
     <w:p w14:paraId="2DA79B9E" w14:textId="3ED67FF0" w:rsidR="0029349C" w:rsidRDefault="0029349C">
       <w:r>
         <w:t>GP Retainer Scheme – What additional work is permitted?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18012AAC" w14:textId="77777777" w:rsidR="0029349C" w:rsidRDefault="0029349C">
       <w:r>
         <w:t xml:space="preserve">The GP retention scheme is a package of support for GPs considering leaving the profession – and for the practices employing them – to help them remain in clinical practice, providing one to four sessions per week. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D25BFC" w14:textId="77777777" w:rsidR="0029349C" w:rsidRDefault="0029349C" w:rsidP="0029349C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As a retained GP, the doctor gets more flexibility and educational support than they would in a ‘regular’ salaried GP post. The scheme gives </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
@@ -319,619 +319,617 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Voluntary work as a GP is discounted from the total.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2910BEDA" w14:textId="791ABB79" w:rsidR="0029349C" w:rsidRDefault="0029349C" w:rsidP="0029349C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>FAQs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119707DF" w14:textId="0760D507" w:rsidR="0029349C" w:rsidRDefault="0029349C" w:rsidP="0029349C">
+    <w:p w14:paraId="2A1E8B37" w14:textId="77777777" w:rsidR="009E2E1D" w:rsidRPr="009E2E1D" w:rsidRDefault="009E2E1D" w:rsidP="009E2E1D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2E1D">
+        <w:t>Can I undertake OOHs?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119707DF" w14:textId="1DBF92B6" w:rsidR="0029349C" w:rsidRPr="009E2E1D" w:rsidRDefault="009E2E1D" w:rsidP="009E2E1D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Retainers may undertake up to 16 hours of OOH per month in addition to their day-time sessions on the scheme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F30647A" w14:textId="55C0A970" w:rsidR="00BC1C88" w:rsidRDefault="00BC1C88" w:rsidP="00BC1C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">If I am working </w:t>
-[...8 lines deleted...]
-        <w:t>4 sessions per week on the scheme how many OOH sessions am I permitted to work in addition?  Up to 16 hours per week (equivalent to four daytime sessions) would be permitted averaged over a month.</w:t>
+        <w:t>If I am working 4 sessions per week, can I undertake daytime locums as well?  No, the limit is four clinical GP sessions per week to stay on the scheme.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F30647A" w14:textId="55C0A970" w:rsidR="00BC1C88" w:rsidRDefault="00BC1C88" w:rsidP="00BC1C88">
+    <w:p w14:paraId="1739A71F" w14:textId="071F47FF" w:rsidR="00BC1C88" w:rsidRDefault="00BC1C88" w:rsidP="00BC1C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>If I am working 4 sessions per week, can I undertake daytime locums as well?  No, the limit is four clinical GP sessions per week to stay on the scheme.</w:t>
+        <w:t>I work two sessions per week as a retainer, can I take a regular salaried post in GP as well?  Yes, you can work up to two additional sessions per week (totalling four with your retainer sessions).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1739A71F" w14:textId="071F47FF" w:rsidR="00BC1C88" w:rsidRDefault="00BC1C88" w:rsidP="00BC1C88">
+    <w:p w14:paraId="5619C286" w14:textId="6560C715" w:rsidR="00BC1C88" w:rsidRDefault="00BC1C88" w:rsidP="00BC1C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>I work two sessions per week as a retainer, can I take a regular salaried post in GP as well?  Yes, you can work up to two additional sessions per week (totalling four with your retainer sessions).</w:t>
+        <w:t xml:space="preserve">Does my work as an appraiser/AMD/Training Programme Director count toward the four sessions per week?  No, the only work that ‘counts’ is daytime GP clinical work, this is defined as work that regulations or law require you to hold a CCT (or equivalent) in General Practice.  So even though your job specification might require </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>you to be a GP</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00167FAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>there is no statutory requirement to hold a CCT</w:t>
+      </w:r>
+      <w:r w:rsidR="00167FAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in GP</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (or equivalent)</w:t>
+      </w:r>
+      <w:r w:rsidR="00167FAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, the work is discounted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5619C286" w14:textId="6560C715" w:rsidR="00BC1C88" w:rsidRDefault="00BC1C88" w:rsidP="00BC1C88">
+    <w:p w14:paraId="348625EB" w14:textId="098488E9" w:rsidR="00D52C4D" w:rsidRDefault="00D52C4D" w:rsidP="00BC1C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Does my work as an appraiser/AMD/Training Programme Director count toward the four sessions per week?  No, the only work that ‘counts’ is daytime GP clinical work, this is defined as work that regulations or law require you to hold a CCT (or equivalent) in General Practice.  So even though your job specification might require </w:t>
+        <w:t>I work part time as a prison doctor, does this limit my engagement with the scheme?  Prisoners are</w:t>
+      </w:r>
+      <w:r w:rsidR="00C97CD7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> registered and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> treated under the NHS so doctors must be qualified GPs and therefore this is considered ‘regular’ (although specialised) GP work.  Sessions worked in prison medicine would count towards the </w:t>
       </w:r>
       <w:r w:rsidR="00167FAE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">if </w:t>
-[...35 lines deleted...]
-        <w:t>, the work is discounted.</w:t>
+        <w:t>four-session</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348625EB" w14:textId="098488E9" w:rsidR="00D52C4D" w:rsidRDefault="00D52C4D" w:rsidP="00BC1C88">
+    <w:p w14:paraId="1C77826D" w14:textId="00076DB1" w:rsidR="00D52C4D" w:rsidRDefault="00D52C4D" w:rsidP="00BC1C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>I work part time as a prison doctor, does this limit my engagement with the scheme?  Prisoners are</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> total.</w:t>
+        <w:t>I do a session per week at the local hospital running a dermatology clinic.  Will this count towards my retainer sessions.  No, you are acting as a hospital specialist, you don’t need a GP CCT so such work will not count.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C77826D" w14:textId="00076DB1" w:rsidR="00D52C4D" w:rsidRDefault="00D52C4D" w:rsidP="00BC1C88">
+    <w:p w14:paraId="3807BD20" w14:textId="5EABB42D" w:rsidR="00D52C4D" w:rsidRDefault="00D52C4D" w:rsidP="00BC1C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>I do a session per week at the local hospital running a dermatology clinic.  Will this count towards my retainer sessions.  No, you are acting as a hospital specialist, you don’t need a GP CCT so such work will not count.</w:t>
+        <w:t xml:space="preserve">What about Urgent Treatment Centres, does work there count as GP work?  Yes, unless you are working under the supervision of a hospital clinician </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Consultant in Emergency Medicine</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> because </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF58E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>by definition it</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF58E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C141C8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">would then be </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>a hospital service.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3807BD20" w14:textId="5EABB42D" w:rsidR="00D52C4D" w:rsidRDefault="00D52C4D" w:rsidP="00BC1C88">
+    <w:p w14:paraId="4447AF5C" w14:textId="796A340C" w:rsidR="000639BD" w:rsidRDefault="000639BD" w:rsidP="00BC1C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">What about Urgent Treatment Centres, does work there count as GP work?  Yes, unless you are working under the supervision of a hospital clinician </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Would work as a private GP </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B38">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be counted towards the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4681">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>four-session</w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B38">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> limit if I were on the scheme</w:t>
+      </w:r>
+      <w:r w:rsidR="004E3911">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">?  </w:t>
+      </w:r>
+      <w:r w:rsidR="00427A61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>If you were working as a private GP then yes, if you were doing private occupational health or</w:t>
+      </w:r>
+      <w:r w:rsidR="00C141C8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, for example </w:t>
+      </w:r>
+      <w:r w:rsidR="008E4371">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as a rugby club doctor then </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E4371">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...33 lines deleted...]
-        <w:t>a hospital service.</w:t>
+      <w:r w:rsidR="008E4371">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as both roles could be carried out by a non-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4681">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>GP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4447AF5C" w14:textId="796A340C" w:rsidR="000639BD" w:rsidRDefault="000639BD" w:rsidP="00BC1C88">
+    <w:p w14:paraId="13BA3E57" w14:textId="7A5B9EA7" w:rsidR="00244B5C" w:rsidRDefault="00244B5C" w:rsidP="00BC1C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Would work as a private GP </w:t>
-[...115 lines deleted...]
-        </w:rPr>
         <w:t>I work as a volunteer doctor for a homeless shelter</w:t>
       </w:r>
       <w:r w:rsidR="00A17540">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>, do such sessions count?  No.</w:t>
-      </w:r>
-[...23 lines deleted...]
-        <w:t>Can I work for the OOH service whilst being a retainer.  Yes, but all GP work should total no more than four sessions per week on average.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD08998" w14:textId="77777777" w:rsidR="0029349C" w:rsidRDefault="0029349C"/>
     <w:sectPr w:rsidR="0029349C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="009331F1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3CBEC23C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -1252,122 +1250,124 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1754469860">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="510218927">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1701659914">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0029349C"/>
     <w:rsid w:val="000578C7"/>
     <w:rsid w:val="000639BD"/>
     <w:rsid w:val="00167FAE"/>
     <w:rsid w:val="00244B5C"/>
     <w:rsid w:val="0029349C"/>
     <w:rsid w:val="0041722D"/>
     <w:rsid w:val="00427A61"/>
     <w:rsid w:val="00450D90"/>
     <w:rsid w:val="004E3911"/>
     <w:rsid w:val="007B0486"/>
     <w:rsid w:val="008325C3"/>
     <w:rsid w:val="008E4371"/>
+    <w:rsid w:val="009E2E1D"/>
     <w:rsid w:val="00A17540"/>
     <w:rsid w:val="00A27B38"/>
     <w:rsid w:val="00A67B4A"/>
     <w:rsid w:val="00B31ADD"/>
+    <w:rsid w:val="00B46C50"/>
     <w:rsid w:val="00BC1C88"/>
     <w:rsid w:val="00C141C8"/>
     <w:rsid w:val="00C23A4D"/>
     <w:rsid w:val="00C413E5"/>
     <w:rsid w:val="00C97CD7"/>
     <w:rsid w:val="00CD4681"/>
     <w:rsid w:val="00D52C4D"/>
     <w:rsid w:val="00DC5C3B"/>
     <w:rsid w:val="00EF58E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="216A3EE0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1D5BC47F-B433-47B6-BFAC-4D4BFCD37C26}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1763,51 +1763,51 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0029349C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="874003066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2096,66 +2096,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...14 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100326658B0EC0F334BA57B5C4BF4FA95E3" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3205ffa2b8f2954a3373c0601bceda1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2753745c-f58b-4e25-a707-33736c4d1cbb" xmlns:ns3="9ef96922-22b1-4c5a-a191-266165c5ccc2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1dbecd3785eacf9ab06130007cc144a" ns2:_="" ns3:_="">
     <xsd:import namespace="2753745c-f58b-4e25-a707-33736c4d1cbb"/>
     <xsd:import namespace="9ef96922-22b1-4c5a-a191-266165c5ccc2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -2334,118 +2318,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9ef96922-22b1-4c5a-a191-266165c5ccc2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2753745c-f58b-4e25-a707-33736c4d1cbb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FD01954-C8DA-4D65-BCB4-0EA1B98F44F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2753745c-f58b-4e25-a707-33736c4d1cbb"/>
     <ds:schemaRef ds:uri="9ef96922-22b1-4c5a-a191-266165c5ccc2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90857DEC-6425-4A6F-95CA-894C88ED8744}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9ef96922-22b1-4c5a-a191-266165c5ccc2"/>
+    <ds:schemaRef ds:uri="2753745c-f58b-4e25-a707-33736c4d1cbb"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F5EE814-3619-462E-9AF3-512DAB124FB4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>597</Words>
-  <Characters>3406</Characters>
+  <Words>564</Words>
+  <Characters>3219</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3996</CharactersWithSpaces>
+  <CharactersWithSpaces>3776</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Peter Saul (HEIW)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100326658B0EC0F334BA57B5C4BF4FA95E3</vt:lpwstr>
   </property>