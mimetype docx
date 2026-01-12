--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -1,3510 +1,4002 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="02FC48FF" w14:textId="77777777" w:rsidR="000853D1" w:rsidRPr="00BE20DB" w:rsidRDefault="00B36AE4" w:rsidP="00BE20DB">
+    <w:p w14:paraId="1F4D5681" w14:textId="77777777" w:rsidR="0025458D" w:rsidRDefault="00BE20DB" w:rsidP="0025458D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3168"/>
           <w:tab w:val="center" w:pos="5457"/>
         </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93995">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dental foundation training</w:t>
+      </w:r>
+      <w:r w:rsidR="0025458D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Welsh Enhanced Recruitment Offer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02FC48FF" w14:textId="25112F39" w:rsidR="000853D1" w:rsidRPr="001624A7" w:rsidRDefault="0025458D" w:rsidP="0025458D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3168"/>
+          <w:tab w:val="center" w:pos="5457"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>(DFT WERO)</w:t>
       </w:r>
-      <w:r w:rsidR="00BE20DB">
+      <w:r w:rsidR="00912618" w:rsidRPr="00A93995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
-          <w:sz w:val="32"/>
-[...17 lines deleted...]
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ENTRY CRITERIA</w:t>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11236" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9322"/>
-        <w:gridCol w:w="1914"/>
+        <w:gridCol w:w="6658"/>
+        <w:gridCol w:w="4578"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A2286E" w14:paraId="46EC2D47" w14:textId="77777777" w:rsidTr="00E95BB9">
+      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A806EE" w14:paraId="46EC2D47" w14:textId="77777777" w:rsidTr="002B6DBC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
+            <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
           </w:tcPr>
-          <w:p w14:paraId="2388FDCF" w14:textId="77777777" w:rsidR="00176E12" w:rsidRPr="00A2286E" w:rsidRDefault="00C47764" w:rsidP="00081204">
+          <w:p w14:paraId="2388FDCF" w14:textId="4DB5DBB1" w:rsidR="00176E12" w:rsidRPr="00587AB5" w:rsidRDefault="00C47764" w:rsidP="00081204">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="00587AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>ESSENTIAL CRITERIA</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ESSENTIAL</w:t>
+            </w:r>
+            <w:r w:rsidR="00653DE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E1169C" w:rsidRPr="00A806EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ENTRY</w:t>
+            </w:r>
+            <w:r w:rsidR="00E1169C" w:rsidRPr="0067312F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CRITERIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1914" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
           </w:tcPr>
-          <w:p w14:paraId="597DB741" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00C47764" w:rsidP="00B20E69">
+          <w:p w14:paraId="597DB741" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00587AB5" w:rsidRDefault="00C47764" w:rsidP="00B20E69">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="00587AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WHEN EVALUATED</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A2286E" w14:paraId="06B91D8A" w14:textId="77777777" w:rsidTr="00D7502B">
+      <w:tr w:rsidR="00E5670D" w:rsidRPr="00E5670D" w14:paraId="6DB99CAD" w14:textId="77777777" w:rsidTr="4EAE4F69">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6D91CF83" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00C47764" w:rsidP="00C47764">
+          <w:p w14:paraId="45C9E742" w14:textId="38C72423" w:rsidR="00E5670D" w:rsidRPr="00E5670D" w:rsidRDefault="00E5670D" w:rsidP="001624A7">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="00B83990">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Qualifications</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DD2C2D0" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA5DEC" w:rsidRPr="00A806EE" w14:paraId="3846E4B2" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C751E8" w14:textId="12D1553D" w:rsidR="00DA5DEC" w:rsidRPr="00587AB5" w:rsidDel="00E5670D" w:rsidRDefault="00DA5DEC" w:rsidP="00081204">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Applicants must have:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69886087" w14:textId="77777777" w:rsidR="007C2669" w:rsidRPr="007C2669" w:rsidRDefault="007C2669" w:rsidP="007C2669">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="799DDD7C" w14:textId="6B000266" w:rsidR="00DA5DEC" w:rsidRPr="00012165" w:rsidRDefault="00DA5DEC" w:rsidP="00081204">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB771C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Demonstrated during this part of the application process</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A806EE" w14:paraId="06B91D8A" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10741D13" w14:textId="1B5FDA9A" w:rsidR="000B433C" w:rsidRPr="00A317D6" w:rsidRDefault="007C2669" w:rsidP="001E3065">
             <w:pPr>
               <w:pStyle w:val="NormalArial"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C2669">
+            <w:r w:rsidRPr="00A43CD1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">BDS (or equivalent) by time of commencement of post </w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1914" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="518C26C3" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
-[...19 lines deleted...]
-          <w:p w14:paraId="10C8E9AC" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+          <w:p w14:paraId="10C8E9AC" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00012165" w:rsidRDefault="00D7502B" w:rsidP="00081204">
             <w:pPr>
               <w:spacing w:beforeLines="45" w:before="108" w:afterLines="45" w:after="108" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00012165">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Application form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A2286E" w14:paraId="3E991552" w14:textId="77777777" w:rsidTr="006A61F5">
+      <w:tr w:rsidR="00E5670D" w:rsidRPr="00E5670D" w14:paraId="2DA70598" w14:textId="77777777" w:rsidTr="4EAE4F69">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D2D7A1" w14:textId="37D4E4BC" w:rsidR="00E5670D" w:rsidRPr="00E5670D" w:rsidRDefault="00E5670D" w:rsidP="00A43CD1">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024622A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligibility</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA5DEC" w:rsidRPr="00A806EE" w14:paraId="6671639B" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:trPr>
+          <w:trHeight w:val="813"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D20922B" w14:textId="30FB9968" w:rsidR="00DA5DEC" w:rsidRPr="00587AB5" w:rsidDel="00E5670D" w:rsidRDefault="00DA5DEC" w:rsidP="00081204">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicants must:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45945443" w14:textId="402B92BB" w:rsidR="00DA5DEC" w:rsidRPr="00A43CD1" w:rsidRDefault="00DA5DEC" w:rsidP="00081204">
+            <w:pPr>
+              <w:spacing w:beforeLines="45" w:before="108" w:afterLines="45" w:after="108" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB771C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Demonstrated during this part of the application process</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A806EE" w14:paraId="3E991552" w14:textId="77777777" w:rsidTr="002B6DBC">
         <w:trPr>
           <w:trHeight w:val="1128"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06AEF780" w14:textId="35DB0FFC" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00C47764" w:rsidP="00C47764">
-[...40 lines deleted...]
-          <w:p w14:paraId="2B7AFCEE" w14:textId="77777777" w:rsidR="007A79C4" w:rsidRPr="00171723" w:rsidRDefault="00B36AE4" w:rsidP="007C2669">
+          <w:p w14:paraId="55B3BE97" w14:textId="7C83376D" w:rsidR="003C1972" w:rsidRPr="001A4643" w:rsidRDefault="00AB42AF" w:rsidP="003C1972">
             <w:pPr>
               <w:pStyle w:val="NormalArial"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Have f</w:t>
+            </w:r>
+            <w:r w:rsidR="003C1972" w:rsidRPr="001A4643">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ull registration with the GDC by time of commencement of post</w:t>
+            </w:r>
+            <w:r w:rsidR="002A7E22" w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="002A7E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A7E22" w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>ii</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6868E101" w14:textId="2F4D21D4" w:rsidR="00A63333" w:rsidRPr="00587AB5" w:rsidRDefault="00A63333" w:rsidP="003C1972">
+            <w:pPr>
+              <w:pStyle w:val="NormalArial"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Be eligible to join </w:t>
+            </w:r>
+            <w:r w:rsidR="7C06E6E5" w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="7C06E6E5" w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dental Performers List for England, NI Dental List (Northern Ireland), NHS Scotland Health Boards Dental List or the Dental Performers List (Wales) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>by time of commencement of post</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7525CEF4" w14:textId="77777777" w:rsidR="00AB42AF" w:rsidRPr="00AB42AF" w:rsidRDefault="00B36AE4" w:rsidP="00AB42AF">
+            <w:pPr>
+              <w:pStyle w:val="NormalArial"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Be eligible to work in the UK</w:t>
             </w:r>
-            <w:r w:rsidR="006E26C7" w:rsidRPr="007C2669">
+            <w:r w:rsidR="0022010C" w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="006E26C7" w:rsidRPr="00587AB5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6613128D" w14:textId="6FF5FE69" w:rsidR="00171723" w:rsidRPr="00171723" w:rsidRDefault="00171723" w:rsidP="00171723">
+          <w:p w14:paraId="6203C7EA" w14:textId="77777777" w:rsidR="0004119E" w:rsidRPr="0025458D" w:rsidRDefault="0004119E" w:rsidP="00AB42AF">
             <w:pPr>
               <w:pStyle w:val="NormalArial"/>
-              <w:numPr>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00171723">
-[...3 lines deleted...]
-              <w:t>(Please note this post is not eligible for provisional registration with the GDC</w:t>
+            <w:r w:rsidRPr="00AB42AF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Be able to travel </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB42AF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to sites as required in order to fulfil the requirements of the whole training programme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB42AF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6613128D" w14:textId="5341A042" w:rsidR="0025458D" w:rsidRPr="0025458D" w:rsidRDefault="0025458D" w:rsidP="0025458D">
+            <w:pPr>
+              <w:pStyle w:val="NormalArial"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0025458D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DFT </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WERO </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025458D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>posts are recruited through the Oriel system. Applicants must have participated in the national DFT recruitment process, including attending the national selection centre (SJTs) in November for entry in following September.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025458D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An email is sent to the DFT National Recruitment Office (DFTNRO) to confirm whether applicants have completed the national recruitment process. Eligible candidates are then longlisted and invited to attend a local interview </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025458D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> March.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1914" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04BB9387" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+          <w:p w14:paraId="5F7044A3" w14:textId="77777777" w:rsidR="006D19A1" w:rsidRDefault="006D19A1" w:rsidP="006D19A1">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00972">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*Pre-employment checks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>iii</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D7DDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A0A778C" w14:textId="175CD551" w:rsidR="00D7502B" w:rsidRPr="00A43CD1" w:rsidRDefault="00D7502B" w:rsidP="00081204">
             <w:pPr>
               <w:spacing w:beforeLines="45" w:before="108" w:afterLines="45" w:after="108" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A2286E" w14:paraId="0D36973F" w14:textId="77777777" w:rsidTr="00081204">
+      <w:tr w:rsidR="00E5670D" w:rsidRPr="00E5670D" w14:paraId="37E0A58B" w14:textId="77777777" w:rsidTr="4EAE4F69">
+        <w:trPr>
+          <w:trHeight w:val="441"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="11D3AE01" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+          <w:p w14:paraId="1A8693CB" w14:textId="534B4C1B" w:rsidR="00E5670D" w:rsidRPr="00E5670D" w:rsidRDefault="00E5670D" w:rsidP="00A93995">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fitness to practise</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00C70D39" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F2D69" w:rsidRPr="00A806EE" w14:paraId="3EDEC0D8" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2868414D" w14:textId="56BC8886" w:rsidR="009F2D69" w:rsidRPr="00A93995" w:rsidDel="00E5670D" w:rsidRDefault="00C71FCE" w:rsidP="00081204">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...5 lines deleted...]
-              <w:t>Is up to date and fit to practise safely and is aware of own training needs.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicants must:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1914" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F52E14D" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+          <w:p w14:paraId="429DE81F" w14:textId="601C8826" w:rsidR="009F2D69" w:rsidRPr="00587AB5" w:rsidRDefault="009F2D69" w:rsidP="00081204">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-              <w:t>Application form</w:t>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Demonstrated during this part of the application process</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A2286E" w14:paraId="2379E746" w14:textId="77777777" w:rsidTr="00367EC9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A806EE" w14:paraId="0D36973F" w14:textId="77777777" w:rsidTr="002B6DBC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0254F866" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
-[...38 lines deleted...]
-          <w:p w14:paraId="32E73E11" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+          <w:p w14:paraId="41809F26" w14:textId="4DBCB6C0" w:rsidR="003F4D35" w:rsidRPr="00C017C1" w:rsidRDefault="003F4D35" w:rsidP="003F4D35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="26"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...24 lines deleted...]
-              <w:t>training undertaken in English;</w:t>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Be up </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A806EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to date and fit to practise safely and aware of own training needs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C44D48F" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
-[...19 lines deleted...]
-          <w:p w14:paraId="279B6F9B" w14:textId="77777777" w:rsidR="00EA5E0B" w:rsidRPr="00A2286E" w:rsidRDefault="00EA5E0B" w:rsidP="00EA5E0B">
+          <w:p w14:paraId="1F17BFAF" w14:textId="70136169" w:rsidR="00C017C1" w:rsidRPr="001A4643" w:rsidRDefault="00612276" w:rsidP="003F4D35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="26"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...42 lines deleted...]
-              <w:t>, to be achieved in a single sitting and within 24 months of the time of application</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Have a minimum of two satisfactory and recent clinical references*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11155851" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00F8299E">
+          <w:p w14:paraId="5561BD2F" w14:textId="026B2ECA" w:rsidR="000B4FB1" w:rsidRDefault="000B4FB1" w:rsidP="001A4643">
             <w:pPr>
-              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> of language skills</w:t>
+            <w:r w:rsidRPr="006C01AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Have a satisfactory enhanced Disclosure and Barring Service (DBS) check in England &amp; Wales/Access NI in Northern Ireland or equivalent*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C70D39" w14:textId="2C0E98A7" w:rsidR="00D7502B" w:rsidRPr="00AE707B" w:rsidRDefault="00345066" w:rsidP="00AE707B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Have occupational health clearance*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1914" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AE9C814" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+          <w:p w14:paraId="0E2A94A0" w14:textId="3FAF3466" w:rsidR="00D7502B" w:rsidRDefault="00B36AE4" w:rsidP="00B36AE4">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A93995">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Application form</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="392B86A7" w14:textId="546BE560" w:rsidR="000B4FB1" w:rsidRDefault="000B4FB1" w:rsidP="00B36AE4">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00972">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*Pre-employment checks</w:t>
+            </w:r>
+            <w:r w:rsidR="00C36B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>iii</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D7DDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="599A3D82" w14:textId="12752AD1" w:rsidR="00A31DB2" w:rsidRPr="00A93995" w:rsidRDefault="00A31DB2" w:rsidP="00B36AE4">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="75ADB15B" w14:textId="77777777" w:rsidR="00D7502B" w:rsidRPr="00A2286E" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E5670D" w:rsidRPr="00E5670D" w14:paraId="32BD0332" w14:textId="77777777" w:rsidTr="4EAE4F69">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72689F87" w14:textId="17F187AA" w:rsidR="00E5670D" w:rsidRPr="00E5670D" w:rsidRDefault="00E5670D" w:rsidP="00A93995">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="007A61F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008907C6" w:rsidRPr="00A806EE" w14:paraId="212660DB" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C40E510" w14:textId="7B068CF4" w:rsidR="008907C6" w:rsidRPr="008907C6" w:rsidDel="00E5670D" w:rsidRDefault="008907C6" w:rsidP="00C82FC3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicants must:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00A04FE9" w14:textId="3A496D63" w:rsidR="008907C6" w:rsidRPr="004B113D" w:rsidRDefault="008907C6" w:rsidP="00081204">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB771C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Demonstrated during this part of the application process</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D7502B" w:rsidRPr="00A806EE" w14:paraId="2379E746" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:trPr>
+          <w:trHeight w:val="1260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11155851" w14:textId="75084054" w:rsidR="006C01AA" w:rsidRPr="001F5C5E" w:rsidDel="002B781D" w:rsidRDefault="00314C61" w:rsidP="008907C6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="002C5343" w:rsidRPr="001F5C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eet </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="00B10998" w:rsidRPr="001F5C5E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>n</w:t>
+              </w:r>
+              <w:r w:rsidR="00D3469F" w:rsidRPr="001F5C5E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>ecessary knowledge of English language for dental professionals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00D3469F" w:rsidRPr="001F5C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>​ as outlined by the G</w:t>
+            </w:r>
+            <w:r w:rsidR="002B781D" w:rsidRPr="001F5C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eneral Dental Council</w:t>
+            </w:r>
+            <w:r w:rsidR="00E07D21" w:rsidRPr="001F5C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="002B781D" w:rsidRPr="001F5C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D7502B" w:rsidRPr="001F5C5E">
+              <w:rPr>
+                <w:rStyle w:val="EndnoteReference"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:endnoteReference w:id="2"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DED5FA8" w14:textId="77777777" w:rsidR="00A31DB2" w:rsidRDefault="00D7502B" w:rsidP="00081204">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Application form</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C4EFEF8" w14:textId="770E09A5" w:rsidR="00A31DB2" w:rsidRDefault="000B0205" w:rsidP="00081204">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE4352">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Situational Judgement Test</w:t>
             </w:r>
-            <w:r w:rsidR="000B0205" w:rsidRPr="000B0205">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+          <w:p w14:paraId="75ADB15B" w14:textId="0E9FA415" w:rsidR="00D7502B" w:rsidRPr="00AE4352" w:rsidRDefault="00CF4829" w:rsidP="00081204">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>GDC registration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E5670D" w:rsidRPr="00E5670D" w14:paraId="7ACD2F48" w14:textId="77777777" w:rsidTr="4EAE4F69">
+        <w:trPr>
+          <w:trHeight w:val="513"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0243B6EC" w14:textId="66D4F806" w:rsidR="00E5670D" w:rsidRPr="00E5670D" w:rsidRDefault="00E5670D" w:rsidP="00AE4352">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512B30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16AA1B9C" w14:textId="77777777" w:rsidR="00B11A29" w:rsidRPr="00B11A29" w:rsidRDefault="00B11A29" w:rsidP="00B11A29">
+    <w:p w14:paraId="16AA1B9C" w14:textId="77777777" w:rsidR="00B11A29" w:rsidRPr="004B113D" w:rsidRDefault="00B11A29" w:rsidP="00B11A29">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblW w:w="11236" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9322"/>
-        <w:gridCol w:w="1914"/>
+        <w:gridCol w:w="6658"/>
+        <w:gridCol w:w="4578"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A2286E" w:rsidRPr="00A2286E" w14:paraId="266A42EA" w14:textId="77777777" w:rsidTr="00A2286E">
+      <w:tr w:rsidR="005F418A" w:rsidRPr="00A806EE" w14:paraId="7E8F73FC" w14:textId="77777777" w:rsidTr="002B6DBC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16F1E579" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="67C9555D" w14:textId="67D358A4" w:rsidR="005F418A" w:rsidRPr="00AB771C" w:rsidRDefault="003F6E6A" w:rsidP="004F110C">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="00587AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...18 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Applicants must:</w:t>
-            </w:r>
-[...12 lines deleted...]
-              <w:t>Provide complete dental education and dental employment history</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1914" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28EC11A1" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="31DCCC1E" w14:textId="3DB3EBFA" w:rsidR="005F418A" w:rsidRPr="00AB771C" w:rsidRDefault="003F6E6A" w:rsidP="004F110C">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">Application form </w:t>
+            <w:r w:rsidRPr="00AB771C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Demonstrated during this part of the application process</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A2286E" w:rsidRPr="00A2286E" w14:paraId="74F07CB9" w14:textId="77777777" w:rsidTr="00FE7140">
+      <w:tr w:rsidR="005F418A" w:rsidRPr="00A806EE" w14:paraId="19E87EBC" w14:textId="77777777" w:rsidTr="002B6DBC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
+            <w:tcW w:w="6658" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5595E525" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="58E7CD69" w14:textId="6D5B81D7" w:rsidR="005F418A" w:rsidRPr="00AE707B" w:rsidRDefault="005F418A" w:rsidP="00AE707B">
             <w:pPr>
-              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...24 lines deleted...]
-              <w:t>ALL sections of application form completed FULLY according to written guidelines.</w:t>
+            <w:r w:rsidRPr="00D00972">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Meet professional health requirements (in line with GDC Standards)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1914" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="667A17D0" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="002436F4" w:rsidP="00A2286E">
+          <w:p w14:paraId="4FC028C2" w14:textId="435D4C83" w:rsidR="005F418A" w:rsidRPr="00AB771C" w:rsidRDefault="005F418A" w:rsidP="005F418A">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*Pre-employment checks</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Application form</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>vii</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A2286E" w:rsidRPr="00A2286E" w14:paraId="11C30243" w14:textId="77777777" w:rsidTr="00E95BB9">
+      <w:tr w:rsidR="005F418A" w:rsidRPr="00A806EE" w14:paraId="23749540" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48EDB034" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="6700C438" w14:textId="56020DB1" w:rsidR="005F418A" w:rsidRPr="00AB771C" w:rsidRDefault="005F418A" w:rsidP="005F418A">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="003074F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>DESIRABLE CRITERIA</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Career progression</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F418A" w:rsidRPr="00A806EE" w14:paraId="79F9A5F6" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C0E4C90" w14:textId="709B927B" w:rsidR="005F418A" w:rsidRPr="004B113D" w:rsidDel="00F10627" w:rsidRDefault="005F418A" w:rsidP="005F418A">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB771C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicants must:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1914" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="618DA36A" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="0B9BFB05" w14:textId="1B4F74FE" w:rsidR="005F418A" w:rsidRPr="004B113D" w:rsidRDefault="005F418A" w:rsidP="005F418A">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB771C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>WHEN EVALUATED</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Demonstrated during this part of the application process</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A2286E" w:rsidRPr="00A2286E" w14:paraId="424068FF" w14:textId="77777777" w:rsidTr="00A2286E">
+      <w:tr w:rsidR="005F418A" w:rsidRPr="00A806EE" w14:paraId="266A42EA" w14:textId="77777777" w:rsidTr="002B6DBC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="013A7546" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00C94EA2" w:rsidRDefault="00A2286E" w:rsidP="00C94EA2">
+          <w:p w14:paraId="0053C653" w14:textId="052FA36A" w:rsidR="005F418A" w:rsidRPr="004B113D" w:rsidRDefault="005F418A" w:rsidP="005F418A">
             <w:pPr>
+              <w:pStyle w:val="NormalArial"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Be able to p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rovide complete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> details of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dental education and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">where applicable, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dental employment history</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C514FAC" w14:textId="77777777" w:rsidR="005F418A" w:rsidRPr="004B113D" w:rsidRDefault="005F418A" w:rsidP="005F418A">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk200448225"/>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Application form </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F418A" w:rsidRPr="00F10627" w14:paraId="7F4C5F5E" w14:textId="77777777" w:rsidTr="0F8E7F13">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F4D9B52" w14:textId="407D44BC" w:rsidR="005F418A" w:rsidRPr="00F10627" w:rsidRDefault="005F418A" w:rsidP="005F418A">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Appli</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="001D3D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cation completion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F418A" w:rsidRPr="00A806EE" w14:paraId="74F07CB9" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7284A9FC" w14:textId="77777777" w:rsidR="005F418A" w:rsidRPr="0067312F" w:rsidRDefault="005F418A" w:rsidP="005F418A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="309" w:hanging="309"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067312F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ALL sections of application form completed FULLY according to written guidelines.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="667A17D0" w14:textId="77777777" w:rsidR="005F418A" w:rsidRPr="004B113D" w:rsidRDefault="005F418A" w:rsidP="005F418A">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Application form</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F418A" w:rsidRPr="00A806EE" w14:paraId="207C23B2" w14:textId="77777777" w:rsidTr="0F8E7F13">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59E0CF43" w14:textId="3AC1E0CF" w:rsidR="005F418A" w:rsidRPr="004B113D" w:rsidRDefault="005F418A" w:rsidP="005F418A">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-              <w:t>Requires Dental Foundation Training as the only route to access the NHS Dental Performers List</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Desirable entry criteria</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AB1A2FF" w14:textId="77777777" w:rsidR="00C94EA2" w:rsidRPr="006E26C7" w:rsidRDefault="007E5966" w:rsidP="00C94EA2">
-[...56 lines deleted...]
-          <w:p w14:paraId="4BC6DCB1" w14:textId="45C6B5B4" w:rsidR="00A658BB" w:rsidRPr="00783C11" w:rsidRDefault="00783C11" w:rsidP="00783C11">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F418A" w:rsidRPr="00A806EE" w14:paraId="4BD873D3" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:trPr>
+          <w:trHeight w:val="1536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61B4FA59" w14:textId="77777777" w:rsidR="005F418A" w:rsidRPr="00F372CE" w:rsidRDefault="005F418A" w:rsidP="005F418A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F372CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dentists and dental students who expect to graduate or have recently graduated from a dental school anywhere in the UK are highly recommended to take DFT in order to join the NHS Dental Performers List in England and Wales as well an entry route to further postgraduate training pathways such as dental core and dental speciality training.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="665145FB" w14:textId="2A472FF4" w:rsidR="005F418A" w:rsidRPr="00587AB5" w:rsidDel="00F10627" w:rsidRDefault="005F418A" w:rsidP="005F418A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783C11">
-[...6 lines deleted...]
-              <w:t>Welsh speaker (level 1) or willingness to work towards this level</w:t>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Have less than twelve months </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0F8E7F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> experience working as a dentist</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by time of the intended start date.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00587AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0F8E7F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>i</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1914" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="270D3F41" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="56F68EFD" w14:textId="5D90FC9D" w:rsidR="005F418A" w:rsidRPr="004B113D" w:rsidRDefault="005F418A" w:rsidP="005F418A">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00D00972">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Application Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C08C3F2" w14:textId="77777777" w:rsidR="004550F9" w:rsidRPr="00A2286E" w:rsidRDefault="00372843" w:rsidP="00A46BB2">
-[...1 lines deleted...]
-        <w:spacing w:before="200" w:after="0"/>
+    <w:p w14:paraId="341F3856" w14:textId="77777777" w:rsidR="00D05EBE" w:rsidRDefault="00D05EBE" w:rsidP="00D05EBE">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51822939" w14:textId="77777777" w:rsidR="003E16D5" w:rsidRPr="0012523A" w:rsidRDefault="003E16D5" w:rsidP="003E16D5">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012523A">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="0012523A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>S</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C839AD" w:rsidRPr="00A2286E">
+      <w:r w:rsidRPr="00DB4E81">
         <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>Temporary GDC registrants are not able to take up posts in Dental foundation training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097449C6" w14:textId="77777777" w:rsidR="003E16D5" w:rsidRDefault="003E16D5" w:rsidP="003E16D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012523A">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ELECTION CRITERIA</w:t>
+        <w:footnoteRef/>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="200" w:after="0"/>
+      <w:r w:rsidRPr="001A4643">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012523A">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5CFA">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>For overseas applicants, please note we must confirm through your application and before offers are released that you have passed Part 2 of the Overseas Registration Exam (ORE) and Licence in Dental Surgery Part 3 (LDS).  In addition to this, full General Dental Council (GDC) registration will need to be verified by 1st September 2025.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> As per UK Government legislation, the GDC will continue to recognise EEA-qualified dentists under a near-automatic system. For more information view </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00B10998">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:vertAlign w:val="superscript"/>
+          </w:rPr>
+          <w:t>the GDC website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3EF125" w14:textId="0D168A9F" w:rsidR="003E16D5" w:rsidRDefault="003E16D5" w:rsidP="003E16D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00511448">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>iii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB771C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evaluated by </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>employer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B5E579" w14:textId="77777777" w:rsidR="003E16D5" w:rsidRPr="004F6E5A" w:rsidRDefault="003E16D5" w:rsidP="003E16D5">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A4A16">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7DB62C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Any time periods specified in this person specification refer to full-time-equivalent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1730FBF2" w14:textId="77777777" w:rsidR="003E16D5" w:rsidRDefault="003E16D5" w:rsidP="003E16D5">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A4643">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">v </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7DB62C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>All experience in posts at any level in dentistry count, irrespective of the country the experience is gained</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3E341B" w14:textId="77777777" w:rsidR="003E16D5" w:rsidRDefault="003E16D5" w:rsidP="003E16D5">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00511448">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>vi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4643">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7DB62C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Applicants with twelve months or more experience are eligible to apply via the foundation equivalence route [www.copdend.org]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1888BF" w14:textId="5EDEC0E7" w:rsidR="003E16D5" w:rsidRDefault="003E16D5" w:rsidP="003E16D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00511448">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>vii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>Evaluated by local Deanery/NHS E Area and Occupational health assessment (if required)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11236" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4644"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1914"/>
+        <w:gridCol w:w="6658"/>
+        <w:gridCol w:w="4578"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A07FC" w:rsidRPr="00A2286E" w14:paraId="0FFE5997" w14:textId="77777777" w:rsidTr="00E95BB9">
+      <w:tr w:rsidR="009A07FC" w:rsidRPr="00A806EE" w14:paraId="0FFE5997" w14:textId="77777777" w:rsidTr="002B6DBC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4644" w:type="dxa"/>
+            <w:tcW w:w="6658" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
           </w:tcPr>
-          <w:p w14:paraId="5E41409F" w14:textId="77777777" w:rsidR="009A07FC" w:rsidRPr="00A2286E" w:rsidRDefault="00C839AD" w:rsidP="00081204">
+          <w:p w14:paraId="0858EE6E" w14:textId="058676D4" w:rsidR="009A07FC" w:rsidRPr="004B113D" w:rsidRDefault="00AE707B" w:rsidP="00081204">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidR="00BE0518">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>ESSENTIAL CRITERIA</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7FD4" w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SSENTIAL</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE0518">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE0518" w:rsidRPr="00A806EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SELECTION</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7FD4" w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CRITERIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
           </w:tcPr>
-          <w:p w14:paraId="0858EE6E" w14:textId="77777777" w:rsidR="009A07FC" w:rsidRPr="00A2286E" w:rsidRDefault="00C839AD" w:rsidP="00081204">
+          <w:p w14:paraId="56BF9D32" w14:textId="1290D7E0" w:rsidR="009A07FC" w:rsidRPr="004B113D" w:rsidRDefault="00821320" w:rsidP="00081204">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="004B113D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...23 lines deleted...]
-                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WHEN EVALUATED</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB76B1" w:rsidRPr="00A2286E" w14:paraId="1B3DE48C" w14:textId="77777777" w:rsidTr="009E7055">
+      <w:tr w:rsidR="00493056" w:rsidRPr="00A806EE" w14:paraId="13250D05" w14:textId="77777777" w:rsidTr="002B6DBC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="6658" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
-[...52 lines deleted...]
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30759E0F" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
-[...29 lines deleted...]
-          <w:p w14:paraId="2B3D7F11" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="018E1663" w14:textId="3C8D7091" w:rsidR="00493056" w:rsidRPr="00CB2A57" w:rsidRDefault="00BC7FD4" w:rsidP="003554BF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0052218A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shows </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0052218A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>initiative/drive/enthusiasm (self-starter, motivated, shows curiosity, initiative)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0052218A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and an awareness of own limitations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42FD86B1" w14:textId="06A27873" w:rsidR="00493056" w:rsidRPr="004B113D" w:rsidRDefault="00C0705B" w:rsidP="00493056">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...6 lines deleted...]
-              <w:t>Ability to apply clinical knowledge</w:t>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Situational Judgement Test</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71406BF1" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80D4B" w:rsidRPr="00F80D4B" w14:paraId="373B3889" w14:textId="77777777" w:rsidTr="0F8E7F13">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05D0D2FF" w14:textId="283F1315" w:rsidR="00F80D4B" w:rsidRPr="004B113D" w:rsidRDefault="00F80D4B" w:rsidP="00493056">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Empathy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493056" w:rsidRPr="00A806EE" w14:paraId="5CBCF8BC" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:trPr>
+          <w:trHeight w:val="1390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D749503" w14:textId="77777777" w:rsidR="00BC7FD4" w:rsidRPr="004B113D" w:rsidRDefault="00BC7FD4" w:rsidP="00493056">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="004B113D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Ability to prioritise clinical need</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Capacity to take in others’ perspectives and treat others with understanding </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F79E24E" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="4C85573A" w14:textId="77777777" w:rsidR="00BC7FD4" w:rsidRPr="004B113D" w:rsidRDefault="00BC7FD4" w:rsidP="00493056">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="004B113D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Understanding of clinical risk management</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Handling personal issues raised by patients and colleagues</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11EB9797" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="37CBF831" w14:textId="3FC1578C" w:rsidR="00493056" w:rsidRPr="00CB2A57" w:rsidRDefault="00BC7FD4" w:rsidP="00587AB5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dealing effectively with patients with different needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26FD4140" w14:textId="77777777" w:rsidR="00493056" w:rsidRPr="004B113D" w:rsidRDefault="00493056" w:rsidP="00493056">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Situational Judgement Test</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80D4B" w:rsidRPr="00F80D4B" w14:paraId="5DE03042" w14:textId="77777777" w:rsidTr="0F8E7F13">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B70B517" w14:textId="124148D9" w:rsidR="00F80D4B" w:rsidRPr="004B113D" w:rsidRDefault="00F80D4B" w:rsidP="00493056">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Resilience &amp; Coping with Pressure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493056" w:rsidRPr="00A806EE" w14:paraId="74848AD5" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26AA1230" w14:textId="77777777" w:rsidR="00BC7FD4" w:rsidRPr="004B113D" w:rsidRDefault="00BC7FD4" w:rsidP="00493056">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Clear logical thinking, showing an analytical approach</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Capacity to manage/prioritise time and information effectively </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="162339C0" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="65889054" w14:textId="765213E9" w:rsidR="00BC7FD4" w:rsidRPr="004B113D" w:rsidRDefault="00BC7FD4" w:rsidP="00493056">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s well prepared, shows self-discipline/commitment, is punctual and meets deadlines)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3918DFD6" w14:textId="77777777" w:rsidR="00BC7FD4" w:rsidRPr="004B113D" w:rsidRDefault="00BC7FD4" w:rsidP="00493056">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Capacity to work effectively with others </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A4FF09C" w14:textId="26CB1963" w:rsidR="00BC7FD4" w:rsidRPr="004B113D" w:rsidRDefault="00BC7FD4" w:rsidP="00587AB5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nderstands the importance of working in teams</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D530BE8" w14:textId="77777777" w:rsidR="00BC7FD4" w:rsidRPr="004B113D" w:rsidRDefault="00BC7FD4" w:rsidP="00493056">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Capacity to monitor developing situations and anticipate issues </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E1DABE4" w14:textId="3EA200C9" w:rsidR="00493056" w:rsidRPr="002B6DBC" w:rsidRDefault="00BC7FD4" w:rsidP="002B6DBC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Capacity to operate under pressure. Demonstrates initiative </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> resilience to cope with changing circumstances </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="362996A2" w14:textId="77777777" w:rsidR="00493056" w:rsidRPr="004B113D" w:rsidRDefault="00493056" w:rsidP="00493056">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Situational Judgement Test</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80D4B" w:rsidRPr="00F80D4B" w14:paraId="66A57731" w14:textId="77777777" w:rsidTr="0F8E7F13">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F4935E5" w14:textId="5383B4D9" w:rsidR="00F80D4B" w:rsidRPr="004B113D" w:rsidRDefault="00F80D4B" w:rsidP="00493056">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Professionalism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493056" w:rsidRPr="00A806EE" w14:paraId="5B819283" w14:textId="77777777" w:rsidTr="002B6DBC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10994946" w14:textId="23998ADF" w:rsidR="00476E62" w:rsidRDefault="00476E62" w:rsidP="00493056">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Demonstrates understanding of evidence-informed practice.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Capacity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to take responsibility for own actions and responds appropriately to constructive criticism and advice given by others to aid own development</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="606B2F93" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="1AF02107" w14:textId="5813F48A" w:rsidR="00BC7FD4" w:rsidRPr="004B113D" w:rsidRDefault="00BC7FD4" w:rsidP="00493056">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
+            <w:r w:rsidRPr="004B113D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Shows awareness of own limitations</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Demonstrates respect for all </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B0CF66B" w14:textId="77777777" w:rsidR="00FB4E12" w:rsidRPr="00BE20DB" w:rsidRDefault="00A2286E" w:rsidP="00BE20DB">
-[...186 lines deleted...]
-          <w:p w14:paraId="45A74831" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
+          <w:p w14:paraId="31DBF657" w14:textId="51154A8C" w:rsidR="00493056" w:rsidRPr="004B113D" w:rsidRDefault="00BC7FD4" w:rsidP="00587AB5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A2286E">
-[...84 lines deleted...]
-              <w:t>Uses a non-judgmental approach to patients and colleagues (regardless of their sexuality, ethnicity, disability, gender, age religious beliefs or financial status)</w:t>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Demonstrates an understanding of the importance of putting patients’ needs and interests first</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="37CBF831" w14:textId="77777777" w:rsidR="00BD7657" w:rsidRPr="00A2286E" w:rsidRDefault="00BD7657" w:rsidP="00403978">
-[...22 lines deleted...]
-          <w:p w14:paraId="26FD4140" w14:textId="77777777" w:rsidR="00136303" w:rsidRPr="00590289" w:rsidRDefault="000B0205" w:rsidP="00A46BB2">
+          <w:p w14:paraId="5E86268B" w14:textId="77777777" w:rsidR="00493056" w:rsidRPr="004B113D" w:rsidRDefault="00493056" w:rsidP="00493056">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590289">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="004B113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Situational Judgement Test</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090126C" w:rsidRPr="00A2286E" w14:paraId="5DE03042" w14:textId="77777777" w:rsidTr="0090126C">
+      <w:tr w:rsidR="0025458D" w:rsidRPr="00A806EE" w14:paraId="13D8A7A2" w14:textId="77777777" w:rsidTr="00AE26BC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="11236" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="589F1EE2" w14:textId="77777777" w:rsidR="0090126C" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00081204">
+          <w:p w14:paraId="5CAA7F0B" w14:textId="293E3117" w:rsidR="0025458D" w:rsidRPr="002B6DBC" w:rsidRDefault="0025458D" w:rsidP="0025458D">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B6DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...32 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Local Requirements</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B5588" w:rsidRPr="00A2286E" w14:paraId="74848AD5" w14:textId="77777777" w:rsidTr="00081204">
+      <w:tr w:rsidR="002B6DBC" w:rsidRPr="00A806EE" w14:paraId="5FCB0106" w14:textId="77777777" w:rsidTr="002B6DBC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4644" w:type="dxa"/>
+            <w:tcW w:w="6658" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA84C62" w14:textId="77777777" w:rsidR="00A2286E" w:rsidRPr="00A2286E" w:rsidRDefault="00A2286E" w:rsidP="00A2286E">
-[...825 lines deleted...]
-          <w:p w14:paraId="5CA8EC9D" w14:textId="7E2AAE62" w:rsidR="00EF6D9F" w:rsidRDefault="00EF6D9F" w:rsidP="00EF6D9F">
+          <w:p w14:paraId="630BD922" w14:textId="26A639F9" w:rsidR="002B6DBC" w:rsidRPr="002B6DBC" w:rsidRDefault="002B6DBC" w:rsidP="002B6DBC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="70"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00923747">
+            <w:r w:rsidRPr="002B6DBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00923747">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meet the NR </w:t>
+            </w:r>
+            <w:r w:rsidR="00B12CE1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00923747">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&amp; WERO </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B6DBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DFT person specification and in addition the Welsh specific criteria outlined in the DFT WERO Person Specification. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65F85963" w14:textId="7937007D" w:rsidR="00923747" w:rsidRPr="00923747" w:rsidRDefault="00923747" w:rsidP="00EF6D9F">
+          <w:p w14:paraId="5895E6A9" w14:textId="77777777" w:rsidR="002B6DBC" w:rsidRPr="002B6DBC" w:rsidRDefault="002B6DBC" w:rsidP="002B6DBC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="70"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002B6DBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Must not have previously completed DFT/VT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67F89541" w14:textId="2C148A5E" w:rsidR="00EF6D9F" w:rsidRPr="00FC3178" w:rsidRDefault="00923747" w:rsidP="00FC3178">
+          <w:p w14:paraId="09BEBE29" w14:textId="645D4958" w:rsidR="002B6DBC" w:rsidRPr="002B6DBC" w:rsidRDefault="002B6DBC" w:rsidP="002B6DBC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="70"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002B6DBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00EF6D9F" w:rsidRPr="00923747">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Have a pre-existing link to Wales. (For example, be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B6DBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00EF6D9F" w:rsidRPr="00FC3178">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>domiciled Welsh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B6DBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>If you don’t fit with any of these criteria, but you have family or other strong links to Wales, you may be considered on a case-by-case basis</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, speak Welsh, or have previously lived or studied in Wales.) If you don’t fit with any of these criteria, but you have family or other strong links to Wales, you may be considered on a case-by-case basis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="081A7F3E" w14:textId="77777777" w:rsidR="00EF6D9F" w:rsidRPr="00923747" w:rsidRDefault="00EF6D9F" w:rsidP="00EF6D9F">
+          <w:p w14:paraId="0A15A6D6" w14:textId="77777777" w:rsidR="002B6DBC" w:rsidRPr="002B6DBC" w:rsidRDefault="002B6DBC" w:rsidP="002B6DBC">
             <w:pPr>
-              <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4661" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0C8134" w14:textId="122748A4" w:rsidR="00EF6D9F" w:rsidRPr="00EF6D9F" w:rsidRDefault="00EF6D9F" w:rsidP="00EF6D9F">
+          <w:p w14:paraId="7BAE10E4" w14:textId="3539E8C5" w:rsidR="002B6DBC" w:rsidRPr="002B6DBC" w:rsidRDefault="002B6DBC" w:rsidP="002B6DBC">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="002B6DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Application form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72818763" w14:textId="77777777" w:rsidR="009A07FC" w:rsidRPr="00A2286E" w:rsidRDefault="009A07FC" w:rsidP="00A2286E">
+    <w:p w14:paraId="72818763" w14:textId="77777777" w:rsidR="009A07FC" w:rsidRPr="00783224" w:rsidRDefault="009A07FC" w:rsidP="00A2286E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009A07FC" w:rsidRPr="00A2286E" w:rsidSect="00F655CC">
-      <w:headerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="009A07FC" w:rsidRPr="00783224" w:rsidSect="002B6DBC">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footnotePr>
+        <w:numFmt w:val="lowerRoman"/>
+      </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="566" w:bottom="142" w:left="426" w:header="57" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="64" w:right="566" w:bottom="142" w:left="426" w:header="57" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2716BE1B" w14:textId="77777777" w:rsidR="004848A8" w:rsidRDefault="004848A8" w:rsidP="000853D1">
+    <w:p w14:paraId="41EF2930" w14:textId="77777777" w:rsidR="00AD3C7E" w:rsidRDefault="00AD3C7E" w:rsidP="000853D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BC79AC0" w14:textId="77777777" w:rsidR="004848A8" w:rsidRDefault="004848A8" w:rsidP="000853D1">
+    <w:p w14:paraId="56EB5287" w14:textId="77777777" w:rsidR="00AD3C7E" w:rsidRDefault="00AD3C7E" w:rsidP="000853D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:id="1">
-[...1 lines deleted...]
-      <w:pPr>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="0689C083" w14:textId="77777777" w:rsidR="00AD3C7E" w:rsidRDefault="00AD3C7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:id="2">
+    <w:p w14:paraId="4996AB80" w14:textId="77777777" w:rsidR="002A7E22" w:rsidRPr="0012523A" w:rsidRDefault="002A7E22" w:rsidP="002A7E22">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012523A">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="0012523A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB4E81">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Temporary GDC registrants are not able to take up posts in Dental foundation training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536FC563" w14:textId="437D6897" w:rsidR="00D7502B" w:rsidRDefault="002A7E22" w:rsidP="00587AB5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012523A">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
+      <w:r w:rsidR="00D92598" w:rsidRPr="001A4643">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012523A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5CFA">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>For overseas applicants, please note we must confirm through your application and before offers are released that you have passed Part 2 of the Overseas Registration Exam (ORE) and Licence in Dental Surgery Part 3 (LDS).  In addition to this, full General Dental Council (GDC) registration will need to be verified by 1st September 2025.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> As per UK Government legislation, the GDC will continue to recognise EEA-qualified dentists under a near-automatic system. For more information view </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidRPr="00B10998">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:vertAlign w:val="superscript"/>
+          </w:rPr>
+          <w:t>the GDC website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EF6B1F" w14:textId="31F7CC03" w:rsidR="00C36B7C" w:rsidRDefault="00C36B7C" w:rsidP="00587AB5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00511448">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>iii</w:t>
+      </w:r>
+      <w:r w:rsidR="00196C58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB771C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evaluated by </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>employer</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F33" w:rsidRPr="00AB771C" w:rsidDel="00993F33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3ABA8E" w14:textId="6B2F8655" w:rsidR="00D92598" w:rsidRPr="004F6E5A" w:rsidRDefault="00D92598" w:rsidP="00D92598">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A4A16">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
+      <w:r w:rsidR="00196C58">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7DB62C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Any time periods specified in this person specification refer to full-time-equivalent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56312679" w14:textId="3944A5DF" w:rsidR="008A4A16" w:rsidRDefault="008A4A16" w:rsidP="008A4A16">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A4643">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92598" w:rsidRPr="001A4643">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D92598" w:rsidRPr="7DB62C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>All experience in posts at any level in dentistry count, irrespective of the country the experience is gained</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2B1000" w14:textId="200C043B" w:rsidR="00C36B7C" w:rsidRDefault="00196C58" w:rsidP="001A4643">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00511448">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>vi</w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A16" w:rsidRPr="001A4643">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D92598" w:rsidRPr="7DB62C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Applicants with twelve months or more experience are eligible to apply via the foundation equivalence route [www.copdend.org]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC64A04" w14:textId="6ECA7F85" w:rsidR="00D92598" w:rsidRPr="001A4643" w:rsidRDefault="0041118C" w:rsidP="001A4643">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00511448">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>vi</w:t>
+      </w:r>
+      <w:r w:rsidR="00196C58" w:rsidRPr="00511448">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Evaluated by local Deanery/NHS E Area and Occupational health assessment (if required)</w:t>
+      </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09695607" w14:textId="77777777" w:rsidR="004848A8" w:rsidRDefault="004848A8" w:rsidP="000853D1">
+    <w:p w14:paraId="7C683D73" w14:textId="77777777" w:rsidR="00AD3C7E" w:rsidRDefault="00AD3C7E" w:rsidP="000853D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4954D34B" w14:textId="77777777" w:rsidR="004848A8" w:rsidRDefault="004848A8" w:rsidP="000853D1">
+    <w:p w14:paraId="1466EA40" w14:textId="77777777" w:rsidR="00AD3C7E" w:rsidRDefault="00AD3C7E" w:rsidP="000853D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="1">
-[...186 lines deleted...]
-      </w:r>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="55CD78C0" w14:textId="77777777" w:rsidR="00AD3C7E" w:rsidRDefault="00AD3C7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7F506FDE" w14:textId="77777777" w:rsidR="00F655CC" w:rsidRDefault="00F655CC" w:rsidP="00C47764">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblW w:w="11399" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="5328"/>
-      <w:gridCol w:w="5586"/>
+      <w:gridCol w:w="5612"/>
+      <w:gridCol w:w="5787"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00BE20DB" w:rsidRPr="000A6E1F" w14:paraId="1BC59F33" w14:textId="77777777" w:rsidTr="00516BB6">
+    <w:tr w:rsidR="00BE20DB" w:rsidRPr="000A6E1F" w14:paraId="1BC59F33" w14:textId="77777777" w:rsidTr="002B6DBC">
+      <w:trPr>
+        <w:trHeight w:val="1063"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5565" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tcW w:w="5612" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4BE09215" w14:textId="6925ADEC" w:rsidR="00BE20DB" w:rsidRPr="000A6E1F" w:rsidRDefault="002E0072" w:rsidP="00516BB6">
+        <w:p w14:paraId="4BE09215" w14:textId="396C6F20" w:rsidR="00EC25FC" w:rsidRPr="000A6E1F" w:rsidRDefault="002B6DBC" w:rsidP="00516BB6">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
-            <w:t>PERSON SPECIFICATION 20</w:t>
+            <w:t xml:space="preserve">FD </w:t>
           </w:r>
-          <w:r w:rsidR="00E066CE">
+          <w:r w:rsidR="002E0072">
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
-            <w:t>2</w:t>
+            <w:t>PERSON SPECIFICATION 20</w:t>
           </w:r>
-          <w:r w:rsidR="00435E3E">
+          <w:r w:rsidR="00EC25FC">
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>26</w:t>
+          </w:r>
+          <w:r w:rsidR="00315134">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>/27</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5565" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tcW w:w="5787" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="015101FB" w14:textId="311EF1A8" w:rsidR="00BE20DB" w:rsidRPr="000A6E1F" w:rsidRDefault="00EF6D9F" w:rsidP="00516BB6">
+        <w:p w14:paraId="015101FB" w14:textId="280AF222" w:rsidR="00BE20DB" w:rsidRPr="000A6E1F" w:rsidRDefault="0025458D" w:rsidP="00A4462B">
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:jc w:val="right"/>
+            <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:noProof/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B29972C" wp14:editId="2AA490A3">
-[...2 lines deleted...]
-                <wp:docPr id="409783678" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46F7D034" wp14:editId="3FC95008">
+                <wp:extent cx="3134304" cy="736334"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+                <wp:docPr id="363450453" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="409783678" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
+                        <pic:cNvPr id="437357012" name="Picture 437357012"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3424869" cy="804596"/>
+                          <a:ext cx="3168080" cy="744269"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="07793708" w14:textId="77777777" w:rsidR="00BE20DB" w:rsidRPr="00235FC5" w:rsidRDefault="00BE20DB" w:rsidP="00BE20DB">
+  <w:p w14:paraId="07793708" w14:textId="3240696E" w:rsidR="00BE20DB" w:rsidRPr="00235FC5" w:rsidRDefault="00BE20DB" w:rsidP="002B6DBC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4513"/>
+        <w:tab w:val="clear" w:pos="9026"/>
+        <w:tab w:val="left" w:pos="3453"/>
+      </w:tabs>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="DC8158C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
@@ -3751,50 +4243,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EBE3BEB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B908E4C0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1300126D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5D868EC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -3863,51 +4468,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EFA20CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AAA3DBA"/>
     <w:lvl w:ilvl="0" w:tplc="901AACD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="NormalArial"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -4005,51 +4610,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20D543FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5741494"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="788" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1508" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4118,54 +4723,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6548" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21D808C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DBEEFADC"/>
+    <w:tmpl w:val="FFF878F4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -4231,51 +4836,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26ED122E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39E8DAA0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4371,51 +4976,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="339105B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FB6B7C8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4484,51 +5089,164 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34125595"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E9E0CD60"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35A1270F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12B05B4C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="816" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1536" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4597,51 +5315,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5856" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6576" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35D26C53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E37A48E0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -4710,51 +5428,164 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36C848A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2652701A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="376315E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6F45C40"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -4823,51 +5654,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C46195A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BE4EB30"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -4936,51 +5767,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DBF0FC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EE82C0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5076,51 +5907,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="405837E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF6E52FC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5189,51 +6020,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A3D4843"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF0A2638"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5302,51 +6133,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="509401C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5538ADC2"/>
     <w:lvl w:ilvl="0" w:tplc="B68ED400">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-720"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9BCA26D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5446,51 +6277,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AFC411B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5B41B4A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -5559,51 +6390,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CA03862"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70C0F9FE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2794" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3514" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5672,51 +6503,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7834" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8554" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A9485D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBC8473A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="426" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -5785,167 +6616,140 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5466" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="697D2D31"/>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67EE6E1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C27CCBB4"/>
-[...106 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="77D0F0CE"/>
+    <w:lvl w:ilvl="0" w:tplc="926234D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="238898B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DCB0F130">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AB40DF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="949E1ADE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="28D4956A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6D2EE756">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="66D2F2BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A05A0890">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="714D72BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E92863C6"/>
+    <w:tmpl w:val="104EBBD6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -6011,51 +6815,250 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71B74925"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CA603B24"/>
+    <w:lvl w:ilvl="0" w:tplc="547C8622">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="44247AEA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F104C712">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="98B4A0A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B7F49DDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="23E8E79E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6082E53C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CC64B59C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9D5661DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77B93F1D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EADEF428"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79504019"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7DAC8D8C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6124,51 +7127,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FF2355D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71149D10"/>
     <w:lvl w:ilvl="0" w:tplc="E4D085A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-720"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6265,430 +7268,916 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1232351105">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="363755871">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1951663189">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1677224154">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1253320305">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1943802347">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="262543037">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="310519331">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="997732392">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="984352657">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1866357830">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="852576299">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1677224154">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="13" w16cid:durableId="1619336055">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1253320305">
-[...20 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="852576299">
+  <w:num w:numId="14" w16cid:durableId="1262105548">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1619336055">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="15" w16cid:durableId="1318535735">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2104108965">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="730470386">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1659847976">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1536045395">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1765611457">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1954702989">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2112818629">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1674065709">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1744067025">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="24" w16cid:durableId="1807620258">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="606083451">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1485394169">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1394356083">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1363482077">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="582878454">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1579754141">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="138"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
+    <w:numFmt w:val="lowerRoman"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00176E12"/>
     <w:rsid w:val="00000AFF"/>
     <w:rsid w:val="00004B18"/>
+    <w:rsid w:val="00005FB9"/>
+    <w:rsid w:val="00006E42"/>
+    <w:rsid w:val="000104BC"/>
+    <w:rsid w:val="00012165"/>
     <w:rsid w:val="00020CBF"/>
     <w:rsid w:val="00027BC4"/>
     <w:rsid w:val="0003037E"/>
+    <w:rsid w:val="000326B6"/>
+    <w:rsid w:val="00040063"/>
     <w:rsid w:val="00040240"/>
+    <w:rsid w:val="0004119E"/>
+    <w:rsid w:val="000434B8"/>
     <w:rsid w:val="00047F01"/>
+    <w:rsid w:val="000523EB"/>
     <w:rsid w:val="00064858"/>
     <w:rsid w:val="00065FA6"/>
+    <w:rsid w:val="00071609"/>
+    <w:rsid w:val="00073B87"/>
+    <w:rsid w:val="00073F20"/>
     <w:rsid w:val="00081204"/>
+    <w:rsid w:val="0008183F"/>
     <w:rsid w:val="000853D1"/>
+    <w:rsid w:val="0008615D"/>
+    <w:rsid w:val="0009644C"/>
+    <w:rsid w:val="000A56A6"/>
+    <w:rsid w:val="000A5872"/>
+    <w:rsid w:val="000A60DB"/>
     <w:rsid w:val="000A6E1F"/>
     <w:rsid w:val="000B0205"/>
     <w:rsid w:val="000B433C"/>
-    <w:rsid w:val="000B778A"/>
+    <w:rsid w:val="000B4FB1"/>
+    <w:rsid w:val="000B5F6D"/>
+    <w:rsid w:val="000B6E85"/>
+    <w:rsid w:val="000C230A"/>
     <w:rsid w:val="000C330B"/>
     <w:rsid w:val="000C56EE"/>
+    <w:rsid w:val="000C59B9"/>
+    <w:rsid w:val="000D0893"/>
+    <w:rsid w:val="000E1A20"/>
+    <w:rsid w:val="000E40D5"/>
+    <w:rsid w:val="000F0AD4"/>
+    <w:rsid w:val="000F3DA1"/>
+    <w:rsid w:val="001024EE"/>
     <w:rsid w:val="00102505"/>
+    <w:rsid w:val="00102A77"/>
+    <w:rsid w:val="001059BF"/>
     <w:rsid w:val="00111E1E"/>
+    <w:rsid w:val="0011257E"/>
     <w:rsid w:val="00113978"/>
+    <w:rsid w:val="00116764"/>
     <w:rsid w:val="00117012"/>
+    <w:rsid w:val="00125187"/>
+    <w:rsid w:val="0012523A"/>
+    <w:rsid w:val="00127061"/>
     <w:rsid w:val="00132168"/>
+    <w:rsid w:val="001321BD"/>
     <w:rsid w:val="00136303"/>
-    <w:rsid w:val="00171723"/>
+    <w:rsid w:val="00136E78"/>
+    <w:rsid w:val="00137122"/>
+    <w:rsid w:val="001562F2"/>
+    <w:rsid w:val="001564A2"/>
+    <w:rsid w:val="001571FB"/>
+    <w:rsid w:val="001624A7"/>
     <w:rsid w:val="00173B7B"/>
     <w:rsid w:val="00176E12"/>
+    <w:rsid w:val="00187416"/>
+    <w:rsid w:val="00196C58"/>
+    <w:rsid w:val="001A4643"/>
+    <w:rsid w:val="001A5AE3"/>
+    <w:rsid w:val="001B062A"/>
+    <w:rsid w:val="001B1966"/>
     <w:rsid w:val="001B6563"/>
+    <w:rsid w:val="001C25FA"/>
+    <w:rsid w:val="001C57E0"/>
+    <w:rsid w:val="001C73DA"/>
+    <w:rsid w:val="001D0986"/>
     <w:rsid w:val="001D1520"/>
+    <w:rsid w:val="001D70A0"/>
+    <w:rsid w:val="001E3065"/>
+    <w:rsid w:val="001F2785"/>
     <w:rsid w:val="001F292E"/>
+    <w:rsid w:val="001F35F1"/>
+    <w:rsid w:val="001F5C5E"/>
+    <w:rsid w:val="00202D10"/>
     <w:rsid w:val="002042F2"/>
+    <w:rsid w:val="00212686"/>
     <w:rsid w:val="002132E3"/>
     <w:rsid w:val="00215996"/>
+    <w:rsid w:val="0022010C"/>
     <w:rsid w:val="00223319"/>
+    <w:rsid w:val="00224211"/>
+    <w:rsid w:val="00224BA1"/>
     <w:rsid w:val="002268B0"/>
+    <w:rsid w:val="0023062A"/>
+    <w:rsid w:val="00235FB5"/>
     <w:rsid w:val="00235FC5"/>
+    <w:rsid w:val="00236816"/>
     <w:rsid w:val="002436F4"/>
     <w:rsid w:val="00245E4F"/>
+    <w:rsid w:val="00251510"/>
+    <w:rsid w:val="0025458D"/>
+    <w:rsid w:val="002546C0"/>
     <w:rsid w:val="00256DE4"/>
     <w:rsid w:val="00257186"/>
     <w:rsid w:val="00257F02"/>
+    <w:rsid w:val="00260EF4"/>
+    <w:rsid w:val="00262B34"/>
+    <w:rsid w:val="00265356"/>
+    <w:rsid w:val="002671B6"/>
     <w:rsid w:val="00267ACF"/>
+    <w:rsid w:val="0027293A"/>
     <w:rsid w:val="0027343B"/>
+    <w:rsid w:val="00282864"/>
     <w:rsid w:val="00285889"/>
     <w:rsid w:val="00285AC3"/>
     <w:rsid w:val="00285DBE"/>
     <w:rsid w:val="00286B52"/>
+    <w:rsid w:val="002943BB"/>
+    <w:rsid w:val="002A0CAC"/>
+    <w:rsid w:val="002A413A"/>
+    <w:rsid w:val="002A7E22"/>
     <w:rsid w:val="002B5588"/>
+    <w:rsid w:val="002B5D56"/>
+    <w:rsid w:val="002B6DBC"/>
+    <w:rsid w:val="002B781D"/>
+    <w:rsid w:val="002C5343"/>
+    <w:rsid w:val="002C7BB4"/>
+    <w:rsid w:val="002D0535"/>
+    <w:rsid w:val="002D7C0F"/>
     <w:rsid w:val="002E0072"/>
+    <w:rsid w:val="002E2805"/>
+    <w:rsid w:val="002E5D2B"/>
     <w:rsid w:val="002E7AE8"/>
+    <w:rsid w:val="002F12D3"/>
+    <w:rsid w:val="002F698C"/>
+    <w:rsid w:val="00305524"/>
     <w:rsid w:val="00311667"/>
+    <w:rsid w:val="00311DF0"/>
+    <w:rsid w:val="00314C61"/>
+    <w:rsid w:val="00315134"/>
     <w:rsid w:val="00320AA9"/>
+    <w:rsid w:val="00326FA8"/>
+    <w:rsid w:val="0033461B"/>
     <w:rsid w:val="0033496D"/>
+    <w:rsid w:val="00337897"/>
+    <w:rsid w:val="00341AC9"/>
+    <w:rsid w:val="0034321A"/>
     <w:rsid w:val="00344A14"/>
+    <w:rsid w:val="00345066"/>
     <w:rsid w:val="00353178"/>
+    <w:rsid w:val="00354628"/>
+    <w:rsid w:val="003554BF"/>
+    <w:rsid w:val="003644EC"/>
+    <w:rsid w:val="0036718D"/>
     <w:rsid w:val="00367EC9"/>
     <w:rsid w:val="00372843"/>
     <w:rsid w:val="003746A2"/>
-    <w:rsid w:val="00390174"/>
+    <w:rsid w:val="003765B2"/>
+    <w:rsid w:val="00385511"/>
+    <w:rsid w:val="0038600D"/>
     <w:rsid w:val="003902A8"/>
     <w:rsid w:val="00391493"/>
+    <w:rsid w:val="003971BB"/>
+    <w:rsid w:val="003A085B"/>
     <w:rsid w:val="003A11B9"/>
     <w:rsid w:val="003A209A"/>
+    <w:rsid w:val="003A21C1"/>
+    <w:rsid w:val="003A51A3"/>
     <w:rsid w:val="003B36B3"/>
     <w:rsid w:val="003B4131"/>
+    <w:rsid w:val="003B4888"/>
+    <w:rsid w:val="003B65C8"/>
+    <w:rsid w:val="003B6F8E"/>
+    <w:rsid w:val="003C1972"/>
+    <w:rsid w:val="003D1462"/>
     <w:rsid w:val="003D4E16"/>
+    <w:rsid w:val="003D514F"/>
     <w:rsid w:val="003D59B5"/>
     <w:rsid w:val="003D7160"/>
+    <w:rsid w:val="003E0C47"/>
+    <w:rsid w:val="003E16D5"/>
+    <w:rsid w:val="003F07CD"/>
+    <w:rsid w:val="003F4D35"/>
+    <w:rsid w:val="003F5F70"/>
+    <w:rsid w:val="003F6E6A"/>
+    <w:rsid w:val="00401173"/>
     <w:rsid w:val="00403978"/>
+    <w:rsid w:val="0041118C"/>
+    <w:rsid w:val="00420536"/>
     <w:rsid w:val="00421F43"/>
     <w:rsid w:val="00427334"/>
+    <w:rsid w:val="00435A8E"/>
     <w:rsid w:val="00435C4C"/>
-    <w:rsid w:val="00435E3E"/>
+    <w:rsid w:val="00440944"/>
+    <w:rsid w:val="00450A25"/>
+    <w:rsid w:val="00452794"/>
     <w:rsid w:val="00454F0B"/>
     <w:rsid w:val="004550F9"/>
+    <w:rsid w:val="004627DA"/>
     <w:rsid w:val="00463AD3"/>
     <w:rsid w:val="004705AA"/>
+    <w:rsid w:val="00470D1A"/>
     <w:rsid w:val="00472540"/>
-    <w:rsid w:val="004848A8"/>
+    <w:rsid w:val="00476E62"/>
+    <w:rsid w:val="0048106C"/>
+    <w:rsid w:val="00482B39"/>
+    <w:rsid w:val="00493056"/>
+    <w:rsid w:val="00495E7D"/>
     <w:rsid w:val="004A266C"/>
+    <w:rsid w:val="004A4CDB"/>
+    <w:rsid w:val="004B113D"/>
+    <w:rsid w:val="004B1551"/>
+    <w:rsid w:val="004B2177"/>
     <w:rsid w:val="004B307A"/>
+    <w:rsid w:val="004B5F13"/>
     <w:rsid w:val="004B67B4"/>
+    <w:rsid w:val="004C0007"/>
+    <w:rsid w:val="004D1C38"/>
+    <w:rsid w:val="004D4EA1"/>
+    <w:rsid w:val="004D743E"/>
     <w:rsid w:val="004E031F"/>
     <w:rsid w:val="004E07C5"/>
+    <w:rsid w:val="004E38FF"/>
+    <w:rsid w:val="004F110C"/>
     <w:rsid w:val="004F1F76"/>
+    <w:rsid w:val="004F5EED"/>
+    <w:rsid w:val="004F6AEE"/>
+    <w:rsid w:val="004F6E5A"/>
+    <w:rsid w:val="00511448"/>
     <w:rsid w:val="00512FBE"/>
+    <w:rsid w:val="00516602"/>
     <w:rsid w:val="00516844"/>
     <w:rsid w:val="00516BB6"/>
-    <w:rsid w:val="005174B4"/>
+    <w:rsid w:val="005204AC"/>
+    <w:rsid w:val="0052218A"/>
+    <w:rsid w:val="00522193"/>
     <w:rsid w:val="005266E2"/>
+    <w:rsid w:val="00533179"/>
     <w:rsid w:val="0053617D"/>
     <w:rsid w:val="00537B4F"/>
+    <w:rsid w:val="00537E00"/>
+    <w:rsid w:val="00554D6B"/>
+    <w:rsid w:val="00581BC3"/>
+    <w:rsid w:val="00584397"/>
     <w:rsid w:val="00586A90"/>
+    <w:rsid w:val="005873FC"/>
+    <w:rsid w:val="00587AB5"/>
     <w:rsid w:val="00590289"/>
+    <w:rsid w:val="005915F3"/>
+    <w:rsid w:val="0059303D"/>
+    <w:rsid w:val="005973D0"/>
     <w:rsid w:val="005A467B"/>
+    <w:rsid w:val="005A6868"/>
+    <w:rsid w:val="005B0507"/>
+    <w:rsid w:val="005D0D1A"/>
     <w:rsid w:val="005D35F7"/>
+    <w:rsid w:val="005D79B4"/>
     <w:rsid w:val="005E279D"/>
+    <w:rsid w:val="005F418A"/>
+    <w:rsid w:val="00602194"/>
+    <w:rsid w:val="00604725"/>
+    <w:rsid w:val="0060631A"/>
+    <w:rsid w:val="0061049C"/>
+    <w:rsid w:val="00611F4D"/>
+    <w:rsid w:val="00612276"/>
     <w:rsid w:val="006214B2"/>
     <w:rsid w:val="006309CA"/>
     <w:rsid w:val="00632A74"/>
+    <w:rsid w:val="00643E6A"/>
+    <w:rsid w:val="00644D81"/>
+    <w:rsid w:val="00645D8B"/>
+    <w:rsid w:val="00653DE1"/>
     <w:rsid w:val="0066006D"/>
+    <w:rsid w:val="00666FF2"/>
+    <w:rsid w:val="0067312F"/>
     <w:rsid w:val="00682ABE"/>
-    <w:rsid w:val="00697898"/>
+    <w:rsid w:val="006841F3"/>
+    <w:rsid w:val="00685B14"/>
+    <w:rsid w:val="00690D18"/>
+    <w:rsid w:val="006911DC"/>
     <w:rsid w:val="006A61F5"/>
     <w:rsid w:val="006B4C40"/>
+    <w:rsid w:val="006B4F0A"/>
+    <w:rsid w:val="006B5906"/>
+    <w:rsid w:val="006C01AA"/>
     <w:rsid w:val="006C055E"/>
+    <w:rsid w:val="006C0858"/>
     <w:rsid w:val="006C1B29"/>
+    <w:rsid w:val="006C5FAE"/>
     <w:rsid w:val="006C721C"/>
+    <w:rsid w:val="006D0CDB"/>
+    <w:rsid w:val="006D19A1"/>
     <w:rsid w:val="006D2E76"/>
+    <w:rsid w:val="006D5A69"/>
     <w:rsid w:val="006E15C5"/>
     <w:rsid w:val="006E26C7"/>
     <w:rsid w:val="006E3FF5"/>
+    <w:rsid w:val="006E7EC5"/>
+    <w:rsid w:val="00702755"/>
     <w:rsid w:val="00704A13"/>
     <w:rsid w:val="0071247E"/>
+    <w:rsid w:val="00713EE1"/>
+    <w:rsid w:val="007148DB"/>
+    <w:rsid w:val="00716F9D"/>
+    <w:rsid w:val="00717E3D"/>
+    <w:rsid w:val="0072178B"/>
+    <w:rsid w:val="0072446C"/>
+    <w:rsid w:val="007272DB"/>
+    <w:rsid w:val="0073105D"/>
+    <w:rsid w:val="007339F1"/>
     <w:rsid w:val="0073596E"/>
     <w:rsid w:val="00736667"/>
+    <w:rsid w:val="00737BDF"/>
     <w:rsid w:val="007404D3"/>
     <w:rsid w:val="0074079A"/>
+    <w:rsid w:val="007413C0"/>
+    <w:rsid w:val="00745D36"/>
+    <w:rsid w:val="00746899"/>
+    <w:rsid w:val="007468CF"/>
+    <w:rsid w:val="00747E26"/>
+    <w:rsid w:val="00750BC2"/>
     <w:rsid w:val="007563F8"/>
     <w:rsid w:val="00770C02"/>
-    <w:rsid w:val="00783C11"/>
+    <w:rsid w:val="00772A27"/>
+    <w:rsid w:val="00774581"/>
+    <w:rsid w:val="00783224"/>
+    <w:rsid w:val="00792C25"/>
+    <w:rsid w:val="00793641"/>
+    <w:rsid w:val="007A5FAB"/>
+    <w:rsid w:val="007A61F6"/>
     <w:rsid w:val="007A79C4"/>
+    <w:rsid w:val="007B5DF1"/>
     <w:rsid w:val="007C2669"/>
     <w:rsid w:val="007D01C4"/>
+    <w:rsid w:val="007D0FF3"/>
     <w:rsid w:val="007D44E5"/>
+    <w:rsid w:val="007D6A32"/>
+    <w:rsid w:val="007D7E56"/>
     <w:rsid w:val="007E5966"/>
     <w:rsid w:val="007E7EE7"/>
+    <w:rsid w:val="007F0489"/>
+    <w:rsid w:val="007F0923"/>
     <w:rsid w:val="007F2EA9"/>
     <w:rsid w:val="007F4706"/>
+    <w:rsid w:val="00807C05"/>
+    <w:rsid w:val="008132F3"/>
     <w:rsid w:val="0081761A"/>
+    <w:rsid w:val="008201BA"/>
+    <w:rsid w:val="00820F36"/>
     <w:rsid w:val="00821320"/>
     <w:rsid w:val="00826CD1"/>
     <w:rsid w:val="0084105A"/>
+    <w:rsid w:val="00844D81"/>
     <w:rsid w:val="008451B7"/>
+    <w:rsid w:val="00845F13"/>
+    <w:rsid w:val="008466A8"/>
+    <w:rsid w:val="00847DA2"/>
+    <w:rsid w:val="00853379"/>
+    <w:rsid w:val="0086088E"/>
     <w:rsid w:val="00860D5F"/>
+    <w:rsid w:val="008638F5"/>
+    <w:rsid w:val="0087260D"/>
+    <w:rsid w:val="00875359"/>
+    <w:rsid w:val="008907C6"/>
+    <w:rsid w:val="00891931"/>
     <w:rsid w:val="00896137"/>
     <w:rsid w:val="008A1A64"/>
     <w:rsid w:val="008A286E"/>
+    <w:rsid w:val="008A4A16"/>
+    <w:rsid w:val="008A7965"/>
+    <w:rsid w:val="008B3B4D"/>
+    <w:rsid w:val="008B6376"/>
+    <w:rsid w:val="008C2167"/>
+    <w:rsid w:val="008D1B08"/>
+    <w:rsid w:val="008E19AD"/>
+    <w:rsid w:val="008F44A4"/>
     <w:rsid w:val="0090126C"/>
     <w:rsid w:val="00912618"/>
-    <w:rsid w:val="00923747"/>
+    <w:rsid w:val="0091457B"/>
+    <w:rsid w:val="00922305"/>
+    <w:rsid w:val="00922F62"/>
+    <w:rsid w:val="00923E4F"/>
+    <w:rsid w:val="00924657"/>
     <w:rsid w:val="00924A32"/>
+    <w:rsid w:val="00931A17"/>
     <w:rsid w:val="009350DB"/>
     <w:rsid w:val="0093597B"/>
+    <w:rsid w:val="0093728A"/>
+    <w:rsid w:val="00937B8F"/>
     <w:rsid w:val="00940260"/>
+    <w:rsid w:val="00944035"/>
+    <w:rsid w:val="00946078"/>
     <w:rsid w:val="00946BAC"/>
+    <w:rsid w:val="00950431"/>
+    <w:rsid w:val="009522C6"/>
+    <w:rsid w:val="00952765"/>
     <w:rsid w:val="0095411A"/>
     <w:rsid w:val="009541CD"/>
     <w:rsid w:val="00961467"/>
+    <w:rsid w:val="0096440B"/>
+    <w:rsid w:val="00966DC8"/>
+    <w:rsid w:val="009712C1"/>
+    <w:rsid w:val="00974FDF"/>
+    <w:rsid w:val="009763BE"/>
+    <w:rsid w:val="00981005"/>
     <w:rsid w:val="00992BED"/>
+    <w:rsid w:val="00993F33"/>
     <w:rsid w:val="009A07FC"/>
+    <w:rsid w:val="009A4FF5"/>
+    <w:rsid w:val="009C0425"/>
+    <w:rsid w:val="009C0580"/>
     <w:rsid w:val="009C695E"/>
+    <w:rsid w:val="009D1955"/>
     <w:rsid w:val="009D3371"/>
     <w:rsid w:val="009D6C82"/>
     <w:rsid w:val="009E0E5E"/>
+    <w:rsid w:val="009E0E70"/>
+    <w:rsid w:val="009E1262"/>
     <w:rsid w:val="009E7055"/>
     <w:rsid w:val="009E7F97"/>
+    <w:rsid w:val="009F2D69"/>
+    <w:rsid w:val="009F3522"/>
+    <w:rsid w:val="009F68F2"/>
+    <w:rsid w:val="00A05DCC"/>
     <w:rsid w:val="00A0625B"/>
+    <w:rsid w:val="00A110A9"/>
     <w:rsid w:val="00A2286E"/>
+    <w:rsid w:val="00A228FE"/>
     <w:rsid w:val="00A25D45"/>
+    <w:rsid w:val="00A263CE"/>
+    <w:rsid w:val="00A317D6"/>
+    <w:rsid w:val="00A31DB2"/>
+    <w:rsid w:val="00A340EA"/>
+    <w:rsid w:val="00A35446"/>
+    <w:rsid w:val="00A43CD1"/>
+    <w:rsid w:val="00A4462B"/>
+    <w:rsid w:val="00A45055"/>
+    <w:rsid w:val="00A45A67"/>
     <w:rsid w:val="00A462E5"/>
     <w:rsid w:val="00A46BB2"/>
+    <w:rsid w:val="00A54302"/>
     <w:rsid w:val="00A54927"/>
+    <w:rsid w:val="00A61A82"/>
+    <w:rsid w:val="00A63333"/>
     <w:rsid w:val="00A658BB"/>
+    <w:rsid w:val="00A7018D"/>
+    <w:rsid w:val="00A71BD8"/>
     <w:rsid w:val="00A743E3"/>
+    <w:rsid w:val="00A74460"/>
+    <w:rsid w:val="00A806EE"/>
+    <w:rsid w:val="00A83C23"/>
+    <w:rsid w:val="00A87DEA"/>
     <w:rsid w:val="00A92733"/>
-    <w:rsid w:val="00A9647E"/>
+    <w:rsid w:val="00A93995"/>
+    <w:rsid w:val="00A94364"/>
+    <w:rsid w:val="00A946E3"/>
+    <w:rsid w:val="00A96F74"/>
     <w:rsid w:val="00A970EB"/>
+    <w:rsid w:val="00AA3AD8"/>
+    <w:rsid w:val="00AA3FDC"/>
+    <w:rsid w:val="00AA7E3A"/>
     <w:rsid w:val="00AB1FAA"/>
+    <w:rsid w:val="00AB42AF"/>
     <w:rsid w:val="00AB5C2D"/>
-    <w:rsid w:val="00AB5C43"/>
+    <w:rsid w:val="00AC0E4C"/>
     <w:rsid w:val="00AC3615"/>
+    <w:rsid w:val="00AC7877"/>
     <w:rsid w:val="00AC7CD0"/>
+    <w:rsid w:val="00AD012A"/>
     <w:rsid w:val="00AD0E51"/>
+    <w:rsid w:val="00AD3C7E"/>
+    <w:rsid w:val="00AE15FA"/>
+    <w:rsid w:val="00AE4352"/>
     <w:rsid w:val="00AE54EB"/>
+    <w:rsid w:val="00AE707B"/>
     <w:rsid w:val="00AF089A"/>
+    <w:rsid w:val="00AF482B"/>
     <w:rsid w:val="00B05D0A"/>
+    <w:rsid w:val="00B05FF2"/>
+    <w:rsid w:val="00B10998"/>
     <w:rsid w:val="00B11A29"/>
+    <w:rsid w:val="00B12CE1"/>
+    <w:rsid w:val="00B14950"/>
     <w:rsid w:val="00B20E69"/>
     <w:rsid w:val="00B216C0"/>
+    <w:rsid w:val="00B25584"/>
+    <w:rsid w:val="00B35617"/>
     <w:rsid w:val="00B36AE4"/>
+    <w:rsid w:val="00B36C10"/>
     <w:rsid w:val="00B41ED6"/>
     <w:rsid w:val="00B440CD"/>
+    <w:rsid w:val="00B45344"/>
     <w:rsid w:val="00B504D8"/>
+    <w:rsid w:val="00B627C8"/>
+    <w:rsid w:val="00B639F1"/>
+    <w:rsid w:val="00B64116"/>
+    <w:rsid w:val="00B6474A"/>
     <w:rsid w:val="00B811BC"/>
+    <w:rsid w:val="00B84ABC"/>
+    <w:rsid w:val="00B97E39"/>
+    <w:rsid w:val="00BA688B"/>
+    <w:rsid w:val="00BB5008"/>
     <w:rsid w:val="00BB76B1"/>
     <w:rsid w:val="00BC325C"/>
+    <w:rsid w:val="00BC4CBA"/>
     <w:rsid w:val="00BC4DF4"/>
+    <w:rsid w:val="00BC5CFA"/>
+    <w:rsid w:val="00BC7C43"/>
+    <w:rsid w:val="00BC7FD4"/>
+    <w:rsid w:val="00BD0C09"/>
     <w:rsid w:val="00BD2431"/>
+    <w:rsid w:val="00BD4B28"/>
     <w:rsid w:val="00BD7657"/>
     <w:rsid w:val="00BD77B3"/>
+    <w:rsid w:val="00BE0230"/>
+    <w:rsid w:val="00BE0518"/>
     <w:rsid w:val="00BE058C"/>
+    <w:rsid w:val="00BE1E51"/>
     <w:rsid w:val="00BE20DB"/>
     <w:rsid w:val="00BE6410"/>
+    <w:rsid w:val="00BE7BA2"/>
+    <w:rsid w:val="00BF0A3B"/>
+    <w:rsid w:val="00C017C1"/>
+    <w:rsid w:val="00C03E55"/>
     <w:rsid w:val="00C04482"/>
+    <w:rsid w:val="00C0705B"/>
+    <w:rsid w:val="00C11D10"/>
+    <w:rsid w:val="00C176DB"/>
+    <w:rsid w:val="00C32792"/>
+    <w:rsid w:val="00C33AAD"/>
+    <w:rsid w:val="00C35247"/>
+    <w:rsid w:val="00C36B7C"/>
     <w:rsid w:val="00C40BC7"/>
     <w:rsid w:val="00C43F88"/>
+    <w:rsid w:val="00C44713"/>
     <w:rsid w:val="00C467DB"/>
     <w:rsid w:val="00C47764"/>
+    <w:rsid w:val="00C512DE"/>
+    <w:rsid w:val="00C523B8"/>
+    <w:rsid w:val="00C53E2E"/>
+    <w:rsid w:val="00C56A87"/>
+    <w:rsid w:val="00C576C0"/>
     <w:rsid w:val="00C61A64"/>
+    <w:rsid w:val="00C64FED"/>
+    <w:rsid w:val="00C70A48"/>
+    <w:rsid w:val="00C71FCE"/>
+    <w:rsid w:val="00C745F2"/>
     <w:rsid w:val="00C74744"/>
     <w:rsid w:val="00C7709B"/>
+    <w:rsid w:val="00C809E1"/>
+    <w:rsid w:val="00C82FC3"/>
     <w:rsid w:val="00C839AD"/>
+    <w:rsid w:val="00C91FE4"/>
     <w:rsid w:val="00C934F9"/>
     <w:rsid w:val="00C94EA2"/>
+    <w:rsid w:val="00CA0A41"/>
+    <w:rsid w:val="00CA17C5"/>
+    <w:rsid w:val="00CA2EB9"/>
     <w:rsid w:val="00CA2F5E"/>
     <w:rsid w:val="00CA7530"/>
+    <w:rsid w:val="00CB2A57"/>
+    <w:rsid w:val="00CB4F59"/>
     <w:rsid w:val="00CC1491"/>
+    <w:rsid w:val="00CC32AB"/>
     <w:rsid w:val="00CC3EE6"/>
     <w:rsid w:val="00CD0A0E"/>
+    <w:rsid w:val="00CD0BB7"/>
+    <w:rsid w:val="00CD333E"/>
     <w:rsid w:val="00CE1686"/>
+    <w:rsid w:val="00CE5087"/>
+    <w:rsid w:val="00CE7011"/>
+    <w:rsid w:val="00CF1366"/>
+    <w:rsid w:val="00CF4829"/>
     <w:rsid w:val="00CF4DBC"/>
     <w:rsid w:val="00CF6DC6"/>
     <w:rsid w:val="00CF74AF"/>
+    <w:rsid w:val="00D04931"/>
+    <w:rsid w:val="00D05EBE"/>
+    <w:rsid w:val="00D0607C"/>
     <w:rsid w:val="00D113DC"/>
+    <w:rsid w:val="00D11B6E"/>
     <w:rsid w:val="00D21897"/>
+    <w:rsid w:val="00D23124"/>
+    <w:rsid w:val="00D25A50"/>
+    <w:rsid w:val="00D31C37"/>
+    <w:rsid w:val="00D3469F"/>
+    <w:rsid w:val="00D42749"/>
     <w:rsid w:val="00D520D5"/>
+    <w:rsid w:val="00D53449"/>
+    <w:rsid w:val="00D542B7"/>
+    <w:rsid w:val="00D67567"/>
+    <w:rsid w:val="00D6789D"/>
+    <w:rsid w:val="00D71D52"/>
+    <w:rsid w:val="00D73BB5"/>
+    <w:rsid w:val="00D74338"/>
     <w:rsid w:val="00D7502B"/>
+    <w:rsid w:val="00D81120"/>
+    <w:rsid w:val="00D81133"/>
     <w:rsid w:val="00D8327E"/>
     <w:rsid w:val="00D85A0E"/>
+    <w:rsid w:val="00D92598"/>
+    <w:rsid w:val="00DA4086"/>
+    <w:rsid w:val="00DA5DEC"/>
+    <w:rsid w:val="00DB363E"/>
+    <w:rsid w:val="00DB4E81"/>
+    <w:rsid w:val="00DB6C2F"/>
+    <w:rsid w:val="00DB6E9B"/>
     <w:rsid w:val="00DB6EBD"/>
+    <w:rsid w:val="00DB73EF"/>
     <w:rsid w:val="00DB79E2"/>
     <w:rsid w:val="00DC4A05"/>
+    <w:rsid w:val="00DD2573"/>
+    <w:rsid w:val="00DE25EA"/>
+    <w:rsid w:val="00DE50E3"/>
+    <w:rsid w:val="00DF3C53"/>
+    <w:rsid w:val="00DF5286"/>
+    <w:rsid w:val="00E01CCA"/>
     <w:rsid w:val="00E02342"/>
     <w:rsid w:val="00E066CE"/>
+    <w:rsid w:val="00E07735"/>
+    <w:rsid w:val="00E07D21"/>
+    <w:rsid w:val="00E1169C"/>
     <w:rsid w:val="00E354B1"/>
+    <w:rsid w:val="00E40145"/>
     <w:rsid w:val="00E40625"/>
+    <w:rsid w:val="00E409DC"/>
+    <w:rsid w:val="00E429B3"/>
     <w:rsid w:val="00E551D6"/>
+    <w:rsid w:val="00E5670D"/>
     <w:rsid w:val="00E56C62"/>
+    <w:rsid w:val="00E650FC"/>
+    <w:rsid w:val="00E70084"/>
+    <w:rsid w:val="00E734BE"/>
+    <w:rsid w:val="00E76290"/>
+    <w:rsid w:val="00E82A27"/>
+    <w:rsid w:val="00E921EF"/>
+    <w:rsid w:val="00E93D74"/>
     <w:rsid w:val="00E95BB9"/>
     <w:rsid w:val="00E97FAA"/>
+    <w:rsid w:val="00EA419C"/>
     <w:rsid w:val="00EA5E0B"/>
+    <w:rsid w:val="00EB5808"/>
     <w:rsid w:val="00EB765A"/>
     <w:rsid w:val="00EB7767"/>
+    <w:rsid w:val="00EC25FC"/>
+    <w:rsid w:val="00ED24E4"/>
+    <w:rsid w:val="00ED6DD9"/>
+    <w:rsid w:val="00EE31F8"/>
+    <w:rsid w:val="00EF2D44"/>
     <w:rsid w:val="00EF5611"/>
-    <w:rsid w:val="00EF6D9F"/>
+    <w:rsid w:val="00EF6C01"/>
+    <w:rsid w:val="00F00C4E"/>
+    <w:rsid w:val="00F0389F"/>
     <w:rsid w:val="00F066B3"/>
+    <w:rsid w:val="00F10627"/>
     <w:rsid w:val="00F1552B"/>
+    <w:rsid w:val="00F21F30"/>
     <w:rsid w:val="00F22673"/>
     <w:rsid w:val="00F34CC0"/>
     <w:rsid w:val="00F362C4"/>
+    <w:rsid w:val="00F36CE3"/>
+    <w:rsid w:val="00F372CE"/>
+    <w:rsid w:val="00F401C9"/>
     <w:rsid w:val="00F47AD5"/>
+    <w:rsid w:val="00F62161"/>
     <w:rsid w:val="00F655CC"/>
     <w:rsid w:val="00F65710"/>
+    <w:rsid w:val="00F66430"/>
+    <w:rsid w:val="00F66F4C"/>
+    <w:rsid w:val="00F73780"/>
+    <w:rsid w:val="00F80D4B"/>
     <w:rsid w:val="00F8299E"/>
+    <w:rsid w:val="00F83B40"/>
     <w:rsid w:val="00F87D04"/>
+    <w:rsid w:val="00F950CB"/>
     <w:rsid w:val="00F975C5"/>
+    <w:rsid w:val="00FA653E"/>
+    <w:rsid w:val="00FB4D8D"/>
     <w:rsid w:val="00FB4E12"/>
-    <w:rsid w:val="00FC3178"/>
+    <w:rsid w:val="00FB5DFB"/>
+    <w:rsid w:val="00FB6597"/>
+    <w:rsid w:val="00FC1DFA"/>
+    <w:rsid w:val="00FC70FF"/>
     <w:rsid w:val="00FD298F"/>
     <w:rsid w:val="00FD3B50"/>
+    <w:rsid w:val="00FE6767"/>
     <w:rsid w:val="00FE7140"/>
+    <w:rsid w:val="00FF04F3"/>
+    <w:rsid w:val="00FF134A"/>
+    <w:rsid w:val="00FF1650"/>
+    <w:rsid w:val="01B7FADF"/>
+    <w:rsid w:val="0997DE55"/>
+    <w:rsid w:val="0AC8EEA1"/>
+    <w:rsid w:val="0B28FE12"/>
+    <w:rsid w:val="0F8E7F13"/>
+    <w:rsid w:val="104D0839"/>
+    <w:rsid w:val="1ED76FB8"/>
+    <w:rsid w:val="201D632C"/>
+    <w:rsid w:val="222DBA6B"/>
+    <w:rsid w:val="26E481D9"/>
+    <w:rsid w:val="3BDCF13C"/>
+    <w:rsid w:val="4563CBE4"/>
+    <w:rsid w:val="466B9253"/>
+    <w:rsid w:val="4B17EEBD"/>
+    <w:rsid w:val="4D168D14"/>
+    <w:rsid w:val="4EAE4F69"/>
+    <w:rsid w:val="5024A115"/>
+    <w:rsid w:val="58D97237"/>
+    <w:rsid w:val="5E42D7AF"/>
+    <w:rsid w:val="5F7BF720"/>
+    <w:rsid w:val="692BD98E"/>
+    <w:rsid w:val="6DC827A1"/>
+    <w:rsid w:val="757DD3F1"/>
+    <w:rsid w:val="7C06E6E5"/>
+    <w:rsid w:val="7DB62C96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7AB74250"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{06C71A78-6A3A-D141-8E08-97F2E4C55597}"/>
+  <w15:docId w15:val="{D040DCF2-059C-4FBE-B601-6747DF873665}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7049,50 +8538,71 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D3469F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00463AD3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:u w:val="single"/>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
@@ -7128,66 +8638,64 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00176E12"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000853D1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:link w:val="FootnoteText"/>
-    <w:semiHidden/>
     <w:rsid w:val="000853D1"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000853D1"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000853D1"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
@@ -7456,74 +8964,139 @@
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afstyleChar">
     <w:name w:val="afstyle Char"/>
     <w:link w:val="afstyle"/>
     <w:rsid w:val="00A2286E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A1A64"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D11B6E"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D3469F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00690D18"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="2C2C2C"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="2C2C2C"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="2C2C2C"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="2C2C2C"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="2C2C2C"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="2C2C2C"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF6D9F"/>
+    <w:rsid w:val="0025458D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="125123478">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="282810790">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="676079930">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7538,55 +9111,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1986010484">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gdc-uk.org/registration/join-the-register/dentists-with-EEA-qualifications" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gdc-uk.org/registration/route-to-registration/english-language-controls" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copdend.org/" TargetMode="External"/></Relationships>
+<file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gdc-uk.org/registration/join-the-register/dentists-with-EEA-qualifications" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -7865,74 +9438,91 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022CE89B6A8A19741A99B7BA2775B2375" ma:contentTypeVersion="28" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a64655f7bbe2d11e245c27365dbbb929">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="18d75c6b-7b27-4bd5-9567-dcab39f0c888" xmlns:ns3="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8ef2c307964eaca424c24e08f8cd0232" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="18d75c6b-7b27-4bd5-9567-dcab39f0c888">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022CE89B6A8A19741A99B7BA2775B2375" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f6e833a6ec44df48e44f72cd6df103de">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="18d75c6b-7b27-4bd5-9567-dcab39f0c888" xmlns:ns3="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6361a5bbf5fd608d10074ffdf955e5f8" ns2:_="" ns3:_="">
     <xsd:import namespace="18d75c6b-7b27-4bd5-9567-dcab39f0c888"/>
     <xsd:import namespace="8ebcefc1-bb15-4e07-9c90-590d96ce25a5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="18d75c6b-7b27-4bd5-9567-dcab39f0c888" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="4" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="5" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="6" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -7954,50 +9544,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:description="" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="9" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -8099,159 +9694,170 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C8DD2AB-FFE2-42F7-88C2-CFBBA6DA49AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27AF171B-ED05-4027-AEBB-D3CD8E302719}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{087F60BA-F923-4E2E-BAC6-ABF471C7657C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C89D932-4B26-441E-BA52-85A97104016E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{070E311F-7331-40E6-8C77-B4249BEE56DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8ebcefc1-bb15-4e07-9c90-590d96ce25a5"/>
     <ds:schemaRef ds:uri="18d75c6b-7b27-4bd5-9567-dcab39f0c888"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54126F8C-E5C0-4DBB-A06C-BE678513CF1B}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F38C850D-C97B-4A32-A690-9FE38B708166}"/>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{37c354b2-85b0-47f5-b222-07b48d774ee3}" enabled="0" method="" siteId="{37c354b2-85b0-47f5-b222-07b48d774ee3}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3846</Characters>
+  <Pages>4</Pages>
+  <Words>827</Words>
+  <Characters>5157</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>224</Lines>
+  <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Royal College of Physicians</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4511</CharactersWithSpaces>
+  <CharactersWithSpaces>5854</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="18" baseType="variant">
       <vt:variant>
-        <vt:i4>6160474</vt:i4>
+        <vt:i4>8192116</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.gdc-uk.org/registration/join-the-register/dentists-with-EEA-qualifications</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7733299</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.copdend.org/</vt:lpwstr>
+        <vt:lpwstr>https://www.gdc-uk.org/registration/route-to-registration/english-language-controls</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8192116</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.gdc-uk.org/registration/join-the-register/dentists-with-EEA-qualifications</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tom Waterman</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 