--- v0 (2025-12-21)
+++ v1 (2026-01-13)
@@ -1,81 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="05CBDE0F" w14:textId="16CB2D79" w:rsidR="00457DD2" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14BCD02A" wp14:editId="75395A3E">
             <wp:extent cx="3876675" cy="910542"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:docPr id="1" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3888519" cy="913324"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -227,140 +228,237 @@
       <w:r w:rsidR="00710959" w:rsidRPr="00E31E4E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>criteria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76E4C86A" w14:textId="77777777" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00CC2555">
         <w:t>Reimbursement for travel may include one or more of the following: train, bus, tube, taxi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41E98AC9" w14:textId="77777777" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00EC73D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Train</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC2555">
         <w:t xml:space="preserve"> travel should normally be standard class unless a first class/business class ticket can be purchased at a cheaper rate than the standard ticket. You must provide evidence of the first class/business class ticket being cheaper than a standard class ticket. Split ticketing options may also offer the best value for money.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377E19A9" w14:textId="77777777" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0044319A" w:rsidP="0044319A">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="36CB4FAF" w14:textId="29DDE0C3" w:rsidR="00F916D2" w:rsidRPr="00F916D2" w:rsidRDefault="00F916D2" w:rsidP="00F916D2">
+      <w:r w:rsidRPr="00BE48A2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Taxi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC3283">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CC2555">
+      <w:r w:rsidRPr="00F916D2">
+        <w:t xml:space="preserve"> fares will only be reimbursed under the following conditions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BCBF25" w14:textId="77777777" w:rsidR="00F916D2" w:rsidRPr="00F916D2" w:rsidRDefault="00F916D2" w:rsidP="00F916D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F916D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>No suitable public transport is available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F916D2">
+        <w:t xml:space="preserve"> to travel to and from the event location; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F916D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FDCEB9" w14:textId="50BBB5A4" w:rsidR="00F916D2" w:rsidRPr="00F916D2" w:rsidRDefault="00F916D2" w:rsidP="00F916D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="30D3C70A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The taxi is shared by at least two attendees</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and doing so provides a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>cost</w:t>
+      </w:r>
+      <w:r w:rsidR="36628E94">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>effective</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> travel option.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF078B5" w14:textId="77777777" w:rsidR="00F916D2" w:rsidRPr="00F916D2" w:rsidRDefault="00F916D2" w:rsidP="00F916D2">
+      <w:r w:rsidRPr="00F916D2">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F916D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>full names of all travellers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F916D2">
+        <w:t xml:space="preserve"> must be included with the claim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06538802" w14:textId="77777777" w:rsidR="00F916D2" w:rsidRPr="00F916D2" w:rsidRDefault="00F916D2" w:rsidP="00F916D2">
+      <w:r w:rsidRPr="00F916D2">
+        <w:t xml:space="preserve">Reimbursement will only be made for travel </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F916D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>from your practice or place of work to the event venue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F916D2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAB3DA9" w14:textId="5AFFACD0" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0056058B" w:rsidP="0044319A">
+    <w:p w14:paraId="4D955672" w14:textId="77777777" w:rsidR="00F916D2" w:rsidRPr="00F916D2" w:rsidRDefault="00F916D2" w:rsidP="00F916D2">
+      <w:r w:rsidRPr="00F916D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>All taxi travel must be approved in advance by the DFT Associate Dean.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F916D2">
+        <w:t xml:space="preserve"> Claims submitted without prior approval will not be reimbursed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAB3DA9" w14:textId="01C09D56" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0056058B" w:rsidP="0044319A">
       <w:r w:rsidRPr="0056058B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Tube</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00AC719B">
         <w:t>When travelling in London, u</w:t>
       </w:r>
       <w:r w:rsidR="0044319A" w:rsidRPr="00CC2555">
-        <w:t xml:space="preserve">nderground costs will be reimbursed if using an Oyster Card and the card is registered and a printout can be provided. Or where contactless payment is </w:t>
+        <w:t xml:space="preserve">nderground costs will be reimbursed if using an Oyster Card and the card is </w:t>
+      </w:r>
+      <w:r w:rsidR="005B6295" w:rsidRPr="00CC2555">
+        <w:t>registered,</w:t>
+      </w:r>
+      <w:r w:rsidR="0044319A" w:rsidRPr="00CC2555">
+        <w:t xml:space="preserve"> and a printout can be provided. Or where contactless payment is </w:t>
       </w:r>
       <w:r w:rsidR="008B0DA2" w:rsidRPr="00CC2555">
         <w:t>used,</w:t>
       </w:r>
       <w:r w:rsidR="0044319A" w:rsidRPr="00CC2555">
         <w:t xml:space="preserve"> and a copy of a bank statement can be provided to show the payment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7369715B" w14:textId="04BC9FED" w:rsidR="0044319A" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="0056058B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mileage</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC2555">
         <w:t xml:space="preserve"> will be reimbursed </w:t>
       </w:r>
       <w:r w:rsidR="00D932C9">
         <w:t xml:space="preserve">for the </w:t>
       </w:r>
       <w:r w:rsidR="00D932C9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Journey” minus “home to base</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC2555">
         <w:t xml:space="preserve"> and return at </w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="002D50F2">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC2555">
         <w:t>p per mile</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for those using their own vehicle. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50253867" w14:textId="77777777" w:rsidR="00263DBD" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00CC2555">
-        <w:lastRenderedPageBreak/>
         <w:t>Mileage claimed will be checked to ensure that it is correct.</w:t>
       </w:r>
       <w:r w:rsidRPr="0067099F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E0C5D8" w14:textId="77777777" w:rsidR="00263DBD" w:rsidRDefault="00263DBD" w:rsidP="0044319A"/>
     <w:p w14:paraId="2F2E9EBB" w14:textId="26E7CCDA" w:rsidR="0044319A" w:rsidRPr="00263DBD" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263DBD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Mileage allowance should reflect shortest practicable route between </w:t>
       </w:r>
       <w:r w:rsidRPr="00263DBD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>practice</w:t>
       </w:r>
       <w:r w:rsidRPr="00263DBD">
         <w:rPr>
           <w:b/>
@@ -631,61 +729,52 @@
         <w:t xml:space="preserve"> including</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> meal allowance (no receipts required; course details needed.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B48CFCB" w14:textId="77777777" w:rsidR="0056058B" w:rsidRPr="0056058B" w:rsidRDefault="0056058B" w:rsidP="0056058B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F669299" w14:textId="62DEDA86" w:rsidR="000804D6" w:rsidRPr="008D7C2F" w:rsidRDefault="000804D6" w:rsidP="000804D6">
-      <w:r w:rsidRPr="008D7C2F">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Any claimant participating in an event over two or more consecutive days will qualify for overnight accommodation OR if travel to the postgraduate centre exceeds two hours travel time from term time home address or practice address.  Overnight accommodation may also be available to those foundation dentists that need to leave before 7 am to attend a study day.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D12B76D" w14:textId="0AE5577B" w:rsidR="000804D6" w:rsidRDefault="000804D6" w:rsidP="000804D6">
       <w:r w:rsidRPr="008D7C2F">
         <w:t xml:space="preserve">Accommodation arrangements must be agreed in advance with the </w:t>
       </w:r>
       <w:r w:rsidR="00F01DF2" w:rsidRPr="00F01DF2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>regional</w:t>
       </w:r>
       <w:r w:rsidRPr="00F01DF2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> administrators /Training Programme Directors</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7C2F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AC719B">
         <w:t xml:space="preserve"> Foundation </w:t>
@@ -764,741 +853,1594 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBAFC59" w14:textId="77777777" w:rsidR="000804D6" w:rsidRPr="00CC2555" w:rsidRDefault="000804D6" w:rsidP="000804D6">
       <w:r w:rsidRPr="00CC2555">
         <w:t>Where lunch and refreshments are provided at the venue, a separate claim for lunch allowance is not payable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="666FCED4" w14:textId="4934B0CA" w:rsidR="000804D6" w:rsidRPr="00CC2555" w:rsidRDefault="000804D6" w:rsidP="000804D6">
       <w:r w:rsidRPr="00CC2555">
         <w:t>Evening meal allowances can be claimed where you are away from your base</w:t>
       </w:r>
       <w:r w:rsidR="00AC719B">
         <w:t>/home</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC2555">
         <w:t xml:space="preserve"> for more than 10 hours, and unable to return to your base</w:t>
       </w:r>
       <w:r w:rsidR="00AC719B">
         <w:t>/home</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC2555">
         <w:t xml:space="preserve"> by 7.00pm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="030DDD61" w14:textId="5ABF6C6C" w:rsidR="00AC719B" w:rsidRDefault="000804D6" w:rsidP="003F466B">
-      <w:pPr>
-[...4 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00CC2555">
         <w:t>Costs for alcohol cannot be claimed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01968AF7" w14:textId="77777777" w:rsidR="00AC719B" w:rsidRDefault="00AC719B" w:rsidP="003F466B">
-[...15 lines deleted...]
-    <w:p w14:paraId="0B4E4A1C" w14:textId="0B74F460" w:rsidR="003F466B" w:rsidRDefault="0054738B" w:rsidP="003F466B">
+    <w:p w14:paraId="0B4E4A1C" w14:textId="601BF846" w:rsidR="003F466B" w:rsidRDefault="0054738B" w:rsidP="003F466B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="003F466B" w:rsidRPr="008D7C2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Summary of subsistence allowances</w:t>
+        <w:t>Summary of allowances</w:t>
       </w:r>
       <w:r w:rsidR="00B03AD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F1A62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>from 1</w:t>
       </w:r>
       <w:r w:rsidR="000F1A62" w:rsidRPr="000F1A62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="000F1A62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F85F7D9" w14:textId="77777777" w:rsidR="00653416" w:rsidRPr="008D7C2F" w:rsidRDefault="00653416" w:rsidP="003F466B">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="64F441B4" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D2827">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Night Subsistence Allowances from 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D2827">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D2827">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098970AF" w14:textId="157106A3" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B000F8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accommodation claims are at the discretion of HEIW and must be agreed with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B000F8" w:rsidRPr="00B000F8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regional administrators /Training Programme Directors </w:t>
+      </w:r>
+      <w:r w:rsidR="00B000F8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B000F8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>advance and are travel distance dependent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B49854" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4508"/>
-        <w:gridCol w:w="4508"/>
+        <w:gridCol w:w="4513"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E3812" w14:paraId="5A91AEBE" w14:textId="77777777" w:rsidTr="002E3812">
+      <w:tr w:rsidR="008D2827" w:rsidRPr="008D2827" w14:paraId="0A5897F4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3379F722" w14:textId="4F458A0A" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="002E3812">
+          <w:p w14:paraId="4344B58B" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008D2827">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t>Allowance</w:t>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>Category of Accommodation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="690AB369" w14:textId="01D496E4" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="003F466B">
+          <w:p w14:paraId="3DF5660B" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008D2827">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Claim</w:t>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>Rate Payable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3812" w14:paraId="1F046C94" w14:textId="77777777" w:rsidTr="002E3812">
+      <w:tr w:rsidR="008D2827" w:rsidRPr="008D2827" w14:paraId="65577C27" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21E98292" w14:textId="44E271CC" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="003F466B">
+          <w:p w14:paraId="03CA2AF6" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Away from base/home for over 24 hours (overnight)</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Night Allowances: first 30 nights</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1642E2D3" w14:textId="782F1694" w:rsidR="002E3812" w:rsidRDefault="002B0ED0" w:rsidP="003F466B">
+          <w:p w14:paraId="7DDEBF22" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Per 24-hour period: actual receipt cost up to the maximum amount of £25. Receipts are required to support the actual expenditure claimed.</w:t>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Actual receipted cost of bed and breakfast up to a maximum of £75 outside London/Cardiff and £100 within London /Cardiff</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3812" w14:paraId="24BA0177" w14:textId="77777777" w:rsidTr="002E3812">
+      <w:tr w:rsidR="008D2827" w:rsidRPr="008D2827" w14:paraId="301C80E3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07C63EE3" w14:textId="08609F0D" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="003F466B">
+          <w:p w14:paraId="6842C74C" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> for more than 10 hours and unable to return before 7:00pm</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Meals Allowance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B674B20" w14:textId="3156CB96" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="003F466B">
+          <w:p w14:paraId="64E4945C" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC2555">
-[...6 lines deleted...]
-              <w:t>.00 and lunch allowance of up to £5.00 (if not provided) – receipts required.</w:t>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Per 24-hour period: actual receipt cost up to the maximum amount of £25. Receipts are required to support the actual expenditure claimed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3812" w14:paraId="26BDE866" w14:textId="77777777" w:rsidTr="002E3812">
+      <w:tr w:rsidR="008D2827" w:rsidRPr="008D2827" w14:paraId="1F93BD42" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0ED6E8DB" w14:textId="1B292187" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="003F466B">
+          <w:p w14:paraId="50895AC8" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D7C2F">
+            <w:r w:rsidRPr="008D2827">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> for more than 5 hours and more than 5 miles from home</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Night allowances in non-commercial accommodation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65AFDCFE" w14:textId="2ADABDC7" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="003F466B">
+          <w:p w14:paraId="406C8E16" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC2555">
-              <w:t>Lunch allowance up to £5.00 (if not provided) – receipts required.</w:t>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Per 24-hour period: £25.00 No receipt is required.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3812" w14:paraId="61CC83A4" w14:textId="77777777" w:rsidTr="002E3812">
+      <w:tr w:rsidR="008D2827" w:rsidRPr="008D2827" w14:paraId="6A07429D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E8948A6" w14:textId="1EA05D7A" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="003F466B">
+          <w:p w14:paraId="01D04999" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D7C2F">
+            <w:r w:rsidRPr="008D2827">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> for less than 5 hours and less than 5 miles from home</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Night Allowances: after first 30 nights</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53B4FFF7" w14:textId="1E789B8D" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="003F466B">
+          <w:p w14:paraId="2EA42409" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC2555">
-              <w:t>No meal allowance payable</w:t>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Employees who have certain responsibilities e.g. are married/in a civil partnership/living with a partner and/or have dependents residing with them Maximum amount payable: £35.00 Employees without responsibilities and those staying in non-commercial accommodation Maximum amount payable: £25.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="57D21857" w14:textId="77777777" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="003F466B">
-[...7 lines deleted...]
-    <w:p w14:paraId="01DA6017" w14:textId="121C03FF" w:rsidR="0044319A" w:rsidRDefault="003F466B" w:rsidP="003F466B">
+    <w:p w14:paraId="33936D9B" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D2827">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a dentist is claiming for an overnight stay, they must attach a receipt or statement to indicate that the expenses were actual and necessarily incurred.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E0B4B7" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C81AF69" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D2827">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Day </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D2827">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subsistence Allowances from 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D2827">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D2827">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9225" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4546"/>
+        <w:gridCol w:w="4679"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008D2827" w:rsidRPr="008D2827" w14:paraId="31F940F7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="163354AB" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A43F1F9" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>Period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2BA6ACBC" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="343D6284" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>Rate Payable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D2827" w:rsidRPr="008D2827" w14:paraId="5B8B6C7B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="423E037F" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Day Meals Subsistence Allowances</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6018E8B7" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2805"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lunch Allowance (more than five hours away from base, including the lunchtime period between 12:00 pm to 2:00 pm) up to a maximum of £5.00. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A receipt is required for the actual expenditure claimed, before claims are processed and reimbursement is made.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36A49C8F" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2805"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6416D8E3" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Evening Meal Allowance (more than ten hours away from base and return after 7:00 pm) up to a maximum of £10.00. A receipt is required for the actual expenditure.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D2827" w:rsidRPr="008D2827" w14:paraId="57882B9A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0ECD99BB" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Incidental Expenses Allowance (this allowance is subject to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a tax</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> liability)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="008F55C2" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Per 24-hour period: £4.20 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D99725" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D2827" w:rsidRPr="008D2827" w14:paraId="332471D1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1DFD8B07" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Late Night Duties Allowance (this allowance is subject to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a tax</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> liability)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22CB3FB2" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D2827">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Per 24-hour period: £3.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A575352" w14:textId="77777777" w:rsidR="008D2827" w:rsidRPr="008D2827" w:rsidRDefault="008D2827" w:rsidP="008D2827">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="01DA6017" w14:textId="7430A458" w:rsidR="0044319A" w:rsidRDefault="003F466B" w:rsidP="003F466B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Queries</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77FAECDA" w14:textId="54392A0A" w:rsidR="003F466B" w:rsidRPr="003F466B" w:rsidRDefault="003F466B" w:rsidP="003F466B">
+    <w:p w14:paraId="66B494B5" w14:textId="7FD5D99D" w:rsidR="003F466B" w:rsidRDefault="003F466B" w:rsidP="005C2A26">
       <w:r>
         <w:t xml:space="preserve">Please contact </w:t>
       </w:r>
       <w:r w:rsidRPr="003F466B">
         <w:t xml:space="preserve">HEIW DFTenquiries </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="009873FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>HEIW.DFTenquiries@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> if you have any queries regarding this policy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B494B5" w14:textId="77777777" w:rsidR="003F466B" w:rsidRDefault="003F466B" w:rsidP="0044319A">
-[...5 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="003F466B" w:rsidSect="005C2A26">
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="851" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F691614" w14:textId="77777777" w:rsidR="00F86FD5" w:rsidRDefault="00F86FD5" w:rsidP="007577EB">
+    <w:p w14:paraId="30FE92A6" w14:textId="77777777" w:rsidR="00A14B98" w:rsidRDefault="00A14B98" w:rsidP="007577EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EA72812" w14:textId="77777777" w:rsidR="00F86FD5" w:rsidRDefault="00F86FD5" w:rsidP="007577EB">
+    <w:p w14:paraId="67334673" w14:textId="77777777" w:rsidR="00A14B98" w:rsidRDefault="00A14B98" w:rsidP="007577EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="634C3C95" w14:textId="77777777" w:rsidR="00F86FD5" w:rsidRDefault="00F86FD5">
+    <w:p w14:paraId="0C3946DF" w14:textId="77777777" w:rsidR="00A14B98" w:rsidRDefault="00A14B98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="792570EF" w14:textId="07DD0B47" w:rsidR="007577EB" w:rsidRDefault="00621871">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="792570EF" w14:textId="227B8A46" w:rsidR="007577EB" w:rsidRDefault="00F30E41">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>June 2024</w:t>
+      <w:t>December</w:t>
+    </w:r>
+    <w:r w:rsidR="00043EC0">
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04EFC4E4" w14:textId="77777777" w:rsidR="00F86FD5" w:rsidRDefault="00F86FD5" w:rsidP="007577EB">
+    <w:p w14:paraId="56E208C3" w14:textId="77777777" w:rsidR="00A14B98" w:rsidRDefault="00A14B98" w:rsidP="007577EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D562B0D" w14:textId="77777777" w:rsidR="00F86FD5" w:rsidRDefault="00F86FD5" w:rsidP="007577EB">
+    <w:p w14:paraId="48FA05AF" w14:textId="77777777" w:rsidR="00A14B98" w:rsidRDefault="00A14B98" w:rsidP="007577EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="46241633" w14:textId="77777777" w:rsidR="00F86FD5" w:rsidRDefault="00F86FD5">
+    <w:p w14:paraId="6067BBF7" w14:textId="77777777" w:rsidR="00A14B98" w:rsidRDefault="00A14B98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7383459F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="300494E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="553127162">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0044319A"/>
+    <w:rsid w:val="00043EC0"/>
+    <w:rsid w:val="0005548D"/>
     <w:rsid w:val="000804D6"/>
     <w:rsid w:val="000E48B7"/>
     <w:rsid w:val="000F1A62"/>
     <w:rsid w:val="00102A57"/>
+    <w:rsid w:val="001778CC"/>
     <w:rsid w:val="001D08DF"/>
     <w:rsid w:val="00211516"/>
     <w:rsid w:val="00225FB4"/>
+    <w:rsid w:val="002306D2"/>
+    <w:rsid w:val="00241792"/>
     <w:rsid w:val="00250226"/>
     <w:rsid w:val="002629F4"/>
     <w:rsid w:val="00263DBD"/>
+    <w:rsid w:val="00276A87"/>
+    <w:rsid w:val="00285C8F"/>
+    <w:rsid w:val="002A51F4"/>
     <w:rsid w:val="002B0ED0"/>
     <w:rsid w:val="002D50F2"/>
     <w:rsid w:val="002E3812"/>
+    <w:rsid w:val="002E4132"/>
+    <w:rsid w:val="002F6119"/>
     <w:rsid w:val="00343B42"/>
+    <w:rsid w:val="00387956"/>
+    <w:rsid w:val="003B27BE"/>
     <w:rsid w:val="003C1C50"/>
     <w:rsid w:val="003E46F7"/>
     <w:rsid w:val="003F466B"/>
     <w:rsid w:val="0040248B"/>
     <w:rsid w:val="00415762"/>
+    <w:rsid w:val="00424EF4"/>
+    <w:rsid w:val="004310B9"/>
     <w:rsid w:val="0044319A"/>
     <w:rsid w:val="00457DD2"/>
+    <w:rsid w:val="00465CAC"/>
+    <w:rsid w:val="004C1E94"/>
+    <w:rsid w:val="005179FF"/>
     <w:rsid w:val="005220D9"/>
     <w:rsid w:val="005418F1"/>
     <w:rsid w:val="0054738B"/>
     <w:rsid w:val="0056058B"/>
+    <w:rsid w:val="00565D6B"/>
+    <w:rsid w:val="005771D4"/>
+    <w:rsid w:val="00577A99"/>
+    <w:rsid w:val="00592172"/>
     <w:rsid w:val="0059564E"/>
+    <w:rsid w:val="005B6295"/>
     <w:rsid w:val="005B7B51"/>
+    <w:rsid w:val="005C2A26"/>
+    <w:rsid w:val="005C5A23"/>
+    <w:rsid w:val="005C72DD"/>
+    <w:rsid w:val="005D2543"/>
+    <w:rsid w:val="005D381D"/>
+    <w:rsid w:val="005D4D42"/>
     <w:rsid w:val="005F7C4A"/>
     <w:rsid w:val="00621871"/>
     <w:rsid w:val="006312DA"/>
     <w:rsid w:val="00653416"/>
     <w:rsid w:val="00663F4C"/>
     <w:rsid w:val="00671006"/>
+    <w:rsid w:val="0067289A"/>
     <w:rsid w:val="006828B0"/>
+    <w:rsid w:val="00707A61"/>
     <w:rsid w:val="00710959"/>
     <w:rsid w:val="0073653F"/>
     <w:rsid w:val="007577EB"/>
     <w:rsid w:val="007C0365"/>
     <w:rsid w:val="007E5CFF"/>
+    <w:rsid w:val="007E6CDF"/>
     <w:rsid w:val="007E7AAF"/>
+    <w:rsid w:val="007F29DF"/>
+    <w:rsid w:val="008008E3"/>
     <w:rsid w:val="00840F18"/>
     <w:rsid w:val="008542B2"/>
+    <w:rsid w:val="00871A25"/>
+    <w:rsid w:val="0089186D"/>
     <w:rsid w:val="008B0DA2"/>
+    <w:rsid w:val="008C4675"/>
+    <w:rsid w:val="008D2827"/>
     <w:rsid w:val="008E3C0B"/>
+    <w:rsid w:val="00905819"/>
+    <w:rsid w:val="0091484E"/>
+    <w:rsid w:val="00932B47"/>
+    <w:rsid w:val="00933366"/>
+    <w:rsid w:val="00937A66"/>
     <w:rsid w:val="00942E14"/>
+    <w:rsid w:val="00962E20"/>
     <w:rsid w:val="0098511D"/>
     <w:rsid w:val="009A0E15"/>
     <w:rsid w:val="009A758E"/>
     <w:rsid w:val="009B3277"/>
+    <w:rsid w:val="009B48F3"/>
+    <w:rsid w:val="009D1A06"/>
     <w:rsid w:val="00A0037A"/>
     <w:rsid w:val="00A0697A"/>
+    <w:rsid w:val="00A14B98"/>
     <w:rsid w:val="00A1519F"/>
+    <w:rsid w:val="00A22370"/>
     <w:rsid w:val="00A33FF6"/>
+    <w:rsid w:val="00AA25A4"/>
     <w:rsid w:val="00AA39E2"/>
     <w:rsid w:val="00AC719B"/>
     <w:rsid w:val="00AD118F"/>
+    <w:rsid w:val="00AD23A8"/>
+    <w:rsid w:val="00B000F8"/>
     <w:rsid w:val="00B03AD5"/>
     <w:rsid w:val="00B073BF"/>
     <w:rsid w:val="00B67A56"/>
     <w:rsid w:val="00B870E5"/>
+    <w:rsid w:val="00BC306C"/>
     <w:rsid w:val="00BC5C7F"/>
+    <w:rsid w:val="00BE48A2"/>
     <w:rsid w:val="00C17B87"/>
     <w:rsid w:val="00C3489B"/>
+    <w:rsid w:val="00C40733"/>
+    <w:rsid w:val="00C474A3"/>
     <w:rsid w:val="00C62416"/>
+    <w:rsid w:val="00C6781C"/>
+    <w:rsid w:val="00C72FE6"/>
     <w:rsid w:val="00C732F2"/>
     <w:rsid w:val="00C81231"/>
     <w:rsid w:val="00CB067A"/>
+    <w:rsid w:val="00CE55C7"/>
     <w:rsid w:val="00D17965"/>
+    <w:rsid w:val="00D83131"/>
+    <w:rsid w:val="00D85CB2"/>
     <w:rsid w:val="00D932C9"/>
+    <w:rsid w:val="00DC50E5"/>
     <w:rsid w:val="00DE26AE"/>
+    <w:rsid w:val="00DE7756"/>
+    <w:rsid w:val="00E1262D"/>
+    <w:rsid w:val="00E61DA9"/>
     <w:rsid w:val="00E7308D"/>
     <w:rsid w:val="00EC3557"/>
     <w:rsid w:val="00EC73D4"/>
     <w:rsid w:val="00ED3A2A"/>
     <w:rsid w:val="00F01DF2"/>
+    <w:rsid w:val="00F25A23"/>
+    <w:rsid w:val="00F30E41"/>
     <w:rsid w:val="00F7486E"/>
     <w:rsid w:val="00F7748C"/>
     <w:rsid w:val="00F77787"/>
     <w:rsid w:val="00F86FD5"/>
+    <w:rsid w:val="00F916D2"/>
+    <w:rsid w:val="00FB1E31"/>
     <w:rsid w:val="00FE171E"/>
+    <w:rsid w:val="30D3C70A"/>
+    <w:rsid w:val="36628E94"/>
     <w:rsid w:val="596157C7"/>
+    <w:rsid w:val="61AA2FC8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57DDE0A6"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{94B40217-2BAC-42C7-893F-B88A30000784}"/>
+  <w15:docId w15:val="{51025C33-7790-4541-9159-713F0E7C74FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2295,77 +3237,111 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pf0">
     <w:name w:val="pf0"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00343B42"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00343B42"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D85CB2"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A51F4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F916D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1476946245">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HEIW.DFTenquiries@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HEIW.DFTenquiries@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2660,52 +3636,52 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" xsi:nil="true"/>
     <SharedWithUsers xmlns="8ebcefc1-bb15-4e07-9c90-590d96ce25a5">
       <UserInfo>
         <DisplayName>David Hannington (HEIW)</DisplayName>
         <AccountId>72</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Gabrielle Lloyd (HEIW)</DisplayName>
         <AccountId>71</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ef2b3e56-64ea-40f2-85c2-d5b92115933e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046218206268A034893B67BEB1B073249" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9a63ccac930031dcbfb6bd889bc76a93">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" xmlns:ns3="ef2b3e56-64ea-40f2-85c2-d5b92115933e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="48129bc41902b3eeb121be7339e1de2c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046218206268A034893B67BEB1B073249" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8a59120f6ba67ddfaff57c5755863c8b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" xmlns:ns3="ef2b3e56-64ea-40f2-85c2-d5b92115933e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d2f7ce131a7be4f8995361f59359e7e" ns2:_="" ns3:_="">
     <xsd:import namespace="8ebcefc1-bb15-4e07-9c90-590d96ce25a5"/>
     <xsd:import namespace="ef2b3e56-64ea-40f2-85c2-d5b92115933e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -2914,83 +3890,83 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0327DFDD-9664-4F55-A255-BCFE45612973}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B4028C3-2A1C-4223-9420-21B341E15C4F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8ebcefc1-bb15-4e07-9c90-590d96ce25a5"/>
     <ds:schemaRef ds:uri="ef2b3e56-64ea-40f2-85c2-d5b92115933e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD9C86E1-F293-43CC-AB75-6C1374535997}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FE37D36-B4BA-4ECB-98BF-B928F5ECDC25}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8ebcefc1-bb15-4e07-9c90-590d96ce25a5"/>
     <ds:schemaRef ds:uri="ef2b3e56-64ea-40f2-85c2-d5b92115933e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4736</Characters>
+  <Pages>3</Pages>
+  <Words>1064</Words>
+  <Characters>6005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>130</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5555</CharactersWithSpaces>
+  <CharactersWithSpaces>7012</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gabrielle Lloyd (HEIW)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010046218206268A034893B67BEB1B073249</vt:lpwstr>
   </property>